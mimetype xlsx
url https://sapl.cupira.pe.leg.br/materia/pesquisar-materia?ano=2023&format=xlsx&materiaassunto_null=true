--- v0 (2025-10-15)
+++ v1 (2025-12-07)
@@ -36,292 +36,162 @@
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias/Autor/Nome do Autor</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
-    <t>PL</t>
-[...2 lines deleted...]
-    <t>PROJETO DE LEI</t>
+    <t>MODIF</t>
+  </si>
+  <si>
+    <t>EMENDA MODIFICATIVA</t>
   </si>
   <si>
     <t>ELISSANDRA ENFERMEIRA</t>
   </si>
   <si>
-    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/100/projeto_de_lei_n_012.2023.pdf</t>
-[...8 lines deleted...]
-    <t>Institui o Projeto "Primeiros Socorros nas Escolas" na rede Pública e Privada e particulares de ensino no Município de Cupira, Estado de Pernambuco.</t>
+    <t>https://sapl.cupira.pe.leg.br/media/</t>
+  </si>
+  <si>
+    <t>QUE ALTERA PARCIALMENTE DISPOSITIVO DO PROJETO DE LEI Nº 247/2023 QUE INSTITUI NO MUNICÍPIO DE CUPIRA/PE O PAGAMENTO POR DESEMPENHO NA SAÚDE BUCAL NO ÂMBITO DA ATENÇÃO BÁSICA, PREVISTOS NA PORTARIA GM/MS Nº 960 DE  17/07/2023.</t>
+  </si>
+  <si>
+    <t>EM</t>
+  </si>
+  <si>
+    <t>EMENDA IMPOSITIVA</t>
+  </si>
+  <si>
+    <t>MELSON DE TICA</t>
+  </si>
+  <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/244/emenda_impositiva_no_01_-1-_emerson_ferreira_calado_-_loa_2023.pdf</t>
+  </si>
+  <si>
+    <t>EMERSON CALADO - aquisição de um veículo, tipo Ambulância de pequeno-médio porte UNIDADE BÁSICA DE SAÚDE de Lajes de São José, no Município de Cupira.</t>
+  </si>
+  <si>
+    <t>VINICIUS LESSA</t>
+  </si>
+  <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/245/emenda_impositiva_no_02_-_eden_vinicius_-_saude_-_loa_2023.pdf</t>
+  </si>
+  <si>
+    <t>VINICIUS LESSA - Reforma da Unidade Básica de Saúde de Serra Verde do Aprijo.</t>
+  </si>
+  <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/246/emenda_impositiva_no_03_-_eden_vinicius__-_loa_2023.pdf</t>
+  </si>
+  <si>
+    <t>VINICIUS LESSA - Aquisição de Equipamentos e Materiais Esportivos.</t>
+  </si>
+  <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/247/emenda_impositiva_no_04_-_elissandra_lins_-_loa_2023.pdf</t>
+  </si>
+  <si>
+    <t>ELISSANDRA ENFERMEIRA - aquisição e instalação de equipamentos de atividades físicas permanentes, instalação de bancos e iluminação na praça da Caixa d’água do Município de Cupira.</t>
+  </si>
+  <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/248/emenda_impositiva_no_05_-_elissandra_lins_-_saude_-_loa_2023.pdf</t>
+  </si>
+  <si>
+    <t>ELISSANDRA ENFERMEIRA - Aquisição de equipamentos de uso permanente, para serem utilizados na Clínica da Mulher do Município de Cupira.</t>
+  </si>
+  <si>
+    <t>GENECI HÉLIA</t>
+  </si>
+  <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/249/emenda_impositiva_no_06_-_geneci__-_saude_-_loa_2023.pdf</t>
+  </si>
+  <si>
+    <t>GENECI HÉLIA - Realização da reforma na rede elétrica do Hospital Municipal de Cupira.</t>
+  </si>
+  <si>
+    <t>NALDO DE BIGODE</t>
+  </si>
+  <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/250/emenda_impositiva_no_07_-_naldo_bigode___-_loa_2023.pdf</t>
+  </si>
+  <si>
+    <t>EDNALDO ANTONIO - Reforma da quadra esportiva localizada no Sítio Alto do Meio no Município de Cupira.</t>
+  </si>
+  <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/251/emenda_impositiva_no_08_-_naldo_bigode_-_saude__-_loa_2023.pdf</t>
+  </si>
+  <si>
+    <t>EDNALDO ANTONIO - Objetivo a compra de material permanente para o UNIDADE BASICA DE SAÚDE localizada no Sítio Alto do Meio, Município de Cupira.</t>
   </si>
   <si>
     <t>RICACIO  ENFERMEIRO</t>
   </si>
   <si>
-    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/274/projeto_de_lei_n_014.2023.pdf</t>
-[...105 lines deleted...]
-    <t>Dispõe sobre a outorga de Título Honorífico de Cidadão Cupirense ao Advogado Antônio Correia da Silva e dá outras providências.</t>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/252/emenda_impositiva_no_09_-_ricacio_-_saude__-_loa_2023.pdf</t>
+  </si>
+  <si>
+    <t>RICÁCIO TOUBSON -  Compra de material de consumo à assistência de média e alta complexidade hospitalar do Município de Cupira.</t>
+  </si>
+  <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/253/emenda_impositiva_no_10_-_ricacio_-_saude__-_loa_2023.pdf</t>
+  </si>
+  <si>
+    <t>RICÁCIO TOUBSON - Aquisição de equipamentos para o Bloco de Atenção Básica para unidade Centro de Saúde do Município de Cupira.</t>
+  </si>
+  <si>
+    <t>DAVID AMORIM</t>
+  </si>
+  <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/254/emenda_impositiva_no_11_-_david_amorim_-_loa_2023.pdf</t>
+  </si>
+  <si>
+    <t>DAVID AMORIM - Objetivo a reforma da quadra esportiva localizada na Vila de Gravatá Sul no Município de Cupira.</t>
+  </si>
+  <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/255/emenda_impositiva_no_12_-_david_amorim_-_saude_-_loa_2023.pdf</t>
+  </si>
+  <si>
+    <t>DAVID AMORIM - objetivo a reforma da Unidade Básica de Saúde da Vila do Tabuleiro no Município de Cupira.</t>
   </si>
   <si>
     <t>IRMÃO ERNANDES</t>
-  </si>
-[...106 lines deleted...]
-    <t>DAVID AMORIM - objetivo a reforma da Unidade Básica de Saúde da Vila do Tabuleiro no Município de Cupira.</t>
   </si>
   <si>
     <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/256/emenda_impositiva_no_13_-_irmao_ernandes_-_saude_-_loa_2023.pdf</t>
   </si>
   <si>
     <t>IRMÃO ERNANDES- Aquisição de um veículo, Tipo Spin 7 lugares, 0(zero)km, para ser utilizado pela secretária de Saúde do Município de Cupira.</t>
   </si>
   <si>
     <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/257/emenda_impositiva_no_14_-_irmao_ernandes_-__loa_2023.pdf</t>
   </si>
   <si>
     <t>IRMÃO ERNANDES  pavimentação da Rua Projetada C, Quadra B e da Rua Projeta I, Quadra H, no Loteamento Maria Josefa (localizado atrás do antigo_x000D_
 Posto Milênio) no Município de Cupira.</t>
   </si>
   <si>
     <t>CARNEIRINHO</t>
   </si>
   <si>
     <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/258/emenda_impositiva_no_15_-_jose_edriano_-__loa_2023.pdf</t>
   </si>
   <si>
     <t>JOSÉ EDRIANO -  Complemento da pavimentação da vila de Imbiruçu no Município de Cupira.</t>
   </si>
   <si>
     <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/259/emenda_impositiva_no_16_-_jose_edriano__-_saude_-__loa_2023.pdf</t>
@@ -341,57 +211,199 @@
   </si>
   <si>
     <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/261/emenda_impositiva_no_18_-_edva_e_bonequinho__-__loa_2023.pdf</t>
   </si>
   <si>
     <t>EDVAN e ADJAILSON BATISTA - Calçamento da travessa entre São João Batista e Pedro Alvares Cabral, e a Travessa entre Pedro Alvares Cabral e Marechal_x000D_
 Deodoro no Município de Cupira.</t>
   </si>
   <si>
     <t>Adjailson Batista/BONEQUINHO_x000D_
 CARNEIRINHO_x000D_
 DAVID AMORIM_x000D_
 EDVAN_x000D_
 ELISSANDRA ENFERMEIRA_x000D_
 GENECI HÉLIA_x000D_
 IRMÃO ERNANDES_x000D_
 MELSON DE TICA_x000D_
 NALDO DE BIGODE_x000D_
 RICACIO  ENFERMEIRO_x000D_
 VINICIUS LESSA</t>
   </si>
   <si>
     <t>EMENDAS IMPOSITIVAS DOS VEREADORES DO MUNICÍPIO DE CUPIRA DE N° 1 a N°18.</t>
   </si>
   <si>
-    <t>MODIF</t>
-[...5 lines deleted...]
-    <t>QUE ALTERA PARCIALMENTE DISPOSITIVO DO PROJETO DE LEI Nº 247/2023 QUE INSTITUI NO MUNICÍPIO DE CUPIRA/PE O PAGAMENTO POR DESEMPENHO NA SAÚDE BUCAL NO ÂMBITO DA ATENÇÃO BÁSICA, PREVISTOS NA PORTARIA GM/MS Nº 960 DE  17/07/2023.</t>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI</t>
+  </si>
+  <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/100/projeto_de_lei_n_012.2023.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a Instituição do Dia Municipal dos Desbravadores da Igreja Adventista do Sétimo Dia, no âmbito do Município de Cupira-PE.</t>
+  </si>
+  <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/270/projeto_de_lei_n_013.2023.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Projeto "Primeiros Socorros nas Escolas" na rede Pública e Privada e particulares de ensino no Município de Cupira, Estado de Pernambuco.</t>
+  </si>
+  <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/274/projeto_de_lei_n_014.2023.pdf</t>
+  </si>
+  <si>
+    <t>DENOMINA O PRÉDIO PÚBLICO MUNICIPAL DE CENTRO DE CONVENÇÕES JOSÉ RICARDO DE ARAÚJO E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>MESA DIRETORA - MD</t>
+  </si>
+  <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/282/projeto_de_lei_n_015.2023.pdf</t>
+  </si>
+  <si>
+    <t>QUE CRIA AS FUNÇÕES GRATIFICADAS DO AGENTE DE CONTRATAÇÃO, EQUIPE DE APOIO, COMISSÃO DE CONTRATAÇÃO, GESTOR DE CONTRATOS E FISCAL DE CONTRATOS, NO ÂMBITO DA CÂMARA MUNICIPAL DE CUPIRA.</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a denominação de Prédio Público em construção localizada na Av. Miguel Pereira Neto de Complexo CONVIDA - Luiza Leite Macedo de dá outras providências.</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a denominação de Prédio Público em construção localizada na PE 123 de Escola Edson Ferreira Calado e dá outras providências.</t>
+  </si>
+  <si>
+    <t>QUE DISPÕE SOBRE A DENOMINAÇÃO DE PRÉDIO LOCALIZADO NA RUA CORONEL ANTÔNIO MARINHO, Nº 35 NO MUNICÍPIO DE CUPIRA, QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>PREFEITURA MUNICIPAL DE CUPIRA - PMC</t>
+  </si>
+  <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/269/239.pdf</t>
+  </si>
+  <si>
+    <t>Estima a Receita e fixa a Despesa do Município de Cupira para o exercício financeiro de 2024. LOA.</t>
+  </si>
+  <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/266/projeto_de_lei_n_240.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a Revisão do Plano Plurianual para Revisão do ano de 2024 e 2025.</t>
+  </si>
+  <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/241/projeto_de_lei_n_244.2023.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A INSTITUIÇÃO DO PROGRAMA INCENTIVO ATLETA DE CUPIRA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/242/projeto_de_lei_n_245.2023.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL ALTERAÇÃO NA LOA – LEI ORÇAMENTÁRIA ANUAL PARA O EXERCÍCIO DE 2023.</t>
+  </si>
+  <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/275/projeto_de_lei_n_246.2023.pdf</t>
+  </si>
+  <si>
+    <t>QUE ALTERA O VALOR DA HORA AULA DOS PROFESSORES CONTRATADOS POR EXCEPCIONAL INTERESSE PÚBLICO NO MUNICÍPIO DE CUPIRA/PE.</t>
+  </si>
+  <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/276/projeto_de_lei_n_247.2023.pdf</t>
+  </si>
+  <si>
+    <t>QUE INSTITUI NO MUNICÍPIO DE CUPIRA/PE O PAGAMENTO POR DESEMPENHO NA SAÚDE BUCAL NO ÂMBITO DA ATENÇÃO BÁSICA, PREVISTOS NA PORTARIA GM/MS N. 960 DE 17/07/2023.</t>
+  </si>
+  <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/277/projeto_de_lei_n_248.2023.pdf</t>
+  </si>
+  <si>
+    <t>QUE AUTORIZA DOAÇÃO DE TERRENO PARA A SRA. WELLITA MARIA DA SILVA PARA INSTALAÇÃO E FUNCIONAMENTO DO ESTABELECIMENTO COMERCIAL, NOME DE FANTASIA “BYELIART” E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/278/projeto_de_lei_n_249.2023.pdf</t>
+  </si>
+  <si>
+    <t>QUE AUTORIZA DOAÇÃO DE TERRENO PARA O SR. JOSÉ MARCOS DE MELO PARA INSTALAÇÃO E FUNCIONAMENTO DO ESTABELECIMENTO COMERCIAL, NOME DE FANTASIA “RAÇÕES E FARELO BOM D+ LTDA” E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/279/projeto_de_lei_n_250.2023.pdf</t>
+  </si>
+  <si>
+    <t>QUE DISPÕE SOBRE A CRIAÇÃO DE CARGOS E GRATIFICAÇÕES E REGULAMENTAÇÃO DAS REGRAS PARA ATUAÇÃO DO AGENTE DE CONTRATAÇÃO E DA EQUIPE DE APOIO, O FUNCIONAMENTO DA COMISSÃO DE CONTRATAÇÃO E A ATUAÇÃO DOS GESTORES E FISCAIS DE CONTRATOS, NO ÂMBITO DA ADMINISTRAÇÃO PÚBLICA.</t>
+  </si>
+  <si>
+    <t>QUE AUTORIZA DOAÇÃO DE TERRENO PARA A SRA. MARIA DO CARMO DA SILVA MELO PARA INSTALAÇÃO E FUNCIONAMENTO DO ESTABELECIMENTO COMERCIAL, NOME DE FANTASIA “SRA. MARIA DOS CARMO DA SILVA MELO - ME”, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>QUE AUTORIZA DOAÇÃO DE TERRENO PARA A SRA. DEICILENY EVELIN SILVA AMORIM PARA INSTALAÇÃO E FUNCIONAMENTO DO ESTABELECIMENTO COMERCIAL, NOME DE FANTASIA “ROTA DEILLO’S” E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>PDL</t>
+  </si>
+  <si>
+    <t>PROJETO DE DECRETO LEGISLATIVO</t>
+  </si>
+  <si>
+    <t>ALVANI FEITOZA_x000D_
+Adjailson Batista/BONEQUINHO</t>
+  </si>
+  <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/95/projeto_de_decreto_003_2023.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a outorga de Título Honorífico de Cidadão Cupirense ao Advogado Antônio Correia da Silva e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/99/projeto_de_decreto_legislativo_n06.2023.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a outorga de Título Honorífico de Cidadão Cupirense ao Radialista Airton Lira Neto.</t>
+  </si>
+  <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/280/projeto_de_decreto_legislativo_n_07.2023.pdf</t>
+  </si>
+  <si>
+    <t>QUE REGULAMENTA O DISPOSTO NO §3º DO ART. 8º DA LEI Nº 14.133, DE 1º DE ABRIL DE 2021, PARA DISPOR SOBRE AS REGRAS PARA ATUAÇÃO DO AGENTE DE CONTRATAÇÃO E DA EQUIPE DE APOIO, O FUNCIONAMENTO DA COMISSÃO DE CONTRATAÇÃO E A ATUAÇÃO DOS GESTORES E FISCAIS DE CONTRATOS, NO ÂMBITO LEGISLATIVO DO MUNICÍPIO DE CUPIRA-PE.</t>
+  </si>
+  <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/281/projeto_de_decreto_legislativo_n_08.2023.pdf</t>
+  </si>
+  <si>
+    <t>QUE DISPÕE SOBRE A DISPENSA DE LICITAÇÃO, NA FORMA ELETRÔNICA, DE QUE TRATA A LEI Nº 14.133, DE 1º DE ABRIL DE 2021, E INSTITUI O SISTEMA DE DISPENSA ELETRÔNICA, NO ÂMBITO DA CÂMARA MUNICIPAL DE CUPIRA.</t>
+  </si>
+  <si>
+    <t>IND</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO</t>
+  </si>
+  <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/103/indicacao_05-2023.pdf</t>
+  </si>
+  <si>
+    <t>Cria o programa para atendimento e acompanhamento domiciliar aos pacientes que necessitam de curativos e dá outras providências.</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/9/arquivo_865.pdf</t>
   </si>
   <si>
     <t>REQUER O INCENTIVO AO ESPORTE FEMININO E IGUALDADE AOS EVENTOS REALIZADOS NA NOSSA CIDADE.</t>
   </si>
   <si>
     <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/10/arquivo_866.pdf</t>
   </si>
   <si>
     <t>REQUER A REQUALIFICAÇÃO DA PRAÇA DE GRAVATA-AÇU COM CONSTRUÇÃO DE UMA ÁREA DE ESPORTES COM QUADRA DE AREIA, CIMENTO E MAQUINÁRIO PARA EXERCÍCIOS FÍSICOS.</t>
   </si>
   <si>
     <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/11/arquivo_867.pdf</t>
   </si>
   <si>
     <t>REQUER O COMPLEMENTO QUE FICA SITUADA NA VILA DE GRAVATA-AÇU NA PARTE ALTA DA VILA.</t>
   </si>
@@ -837,62 +849,50 @@
     <t>REQUERIMENTO SOLICITANDO A INSTALAÇÃO DE PLACS ALUSIVAS EM TODAS AS RUAS DOS LOTEAMENTOS EXISTENTES NO MUNICÍPIO</t>
   </si>
   <si>
     <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/87/1691248716_4d7ef1ff2e018f515abb.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO SOLICITANDO A LIMPEZA DO TERRENO DA PREFEITURA PROXIMO A UBS CAIXA D'AGUA</t>
   </si>
   <si>
     <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/88/1691248790_83cd31ef8af92806ee51.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO SOLICITANDO A CONTINUAÇÃO DO CALÇAMENTO LOCALIZADO NA AVENIDA ALFREDO GREGÓRIO DE BARROS</t>
   </si>
   <si>
     <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/89/1691248881_77d5b15d7c141094c133.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO SOLICITANDO MOÇÃO DE APLAUSOS E CONGRATULAÇÕES AO POLÍCIAL CIVIL PEDROSMAR JOSÉ DE ALMEIDA DUARTE</t>
   </si>
   <si>
     <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/90/1691249097_6c746668b34de6afcbfa.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO SOLICITANDO A RESTAURAÇÃO DA MÁQUINA QUE RELIZA EXAMES DE SANGUE, BEM COMO A AQUISIÇÃO DE UMA MÁUINA RESERVA PARA O MUNICÍPIO.</t>
-  </si>
-[...10 lines deleted...]
-    <t>Cria o programa para atendimento e acompanhamento domiciliar aos pacientes que necessitam de curativos e dá outras providências.</t>
   </si>
   <si>
     <t>MP</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PARA DUILIO ALVES PEREIRA E EVERTON ALBERT ESPÍNDOLA SILVA</t>
   </si>
   <si>
     <t>CONV</t>
   </si>
   <si>
     <t>CONVITE</t>
   </si>
   <si>
     <t>ADMINISTRAÇÃO - ADM</t>
   </si>
   <si>
     <t>Convite para conferência Municipal de Educação, dia 10/11/2023.</t>
   </si>
   <si>
     <t>OF</t>
   </si>
@@ -1446,4294 +1446,4294 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/100/projeto_de_lei_n_012.2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/270/projeto_de_lei_n_013.2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/274/projeto_de_lei_n_014.2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/282/projeto_de_lei_n_015.2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/269/239.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/266/projeto_de_lei_n_240.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/241/projeto_de_lei_n_244.2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/242/projeto_de_lei_n_245.2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/275/projeto_de_lei_n_246.2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/276/projeto_de_lei_n_247.2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/277/projeto_de_lei_n_248.2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/278/projeto_de_lei_n_249.2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/279/projeto_de_lei_n_250.2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/95/projeto_de_decreto_003_2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/99/projeto_de_decreto_legislativo_n06.2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/280/projeto_de_decreto_legislativo_n_07.2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/281/projeto_de_decreto_legislativo_n_08.2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/244/emenda_impositiva_no_01_-1-_emerson_ferreira_calado_-_loa_2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/245/emenda_impositiva_no_02_-_eden_vinicius_-_saude_-_loa_2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/246/emenda_impositiva_no_03_-_eden_vinicius__-_loa_2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/247/emenda_impositiva_no_04_-_elissandra_lins_-_loa_2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/248/emenda_impositiva_no_05_-_elissandra_lins_-_saude_-_loa_2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/249/emenda_impositiva_no_06_-_geneci__-_saude_-_loa_2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/250/emenda_impositiva_no_07_-_naldo_bigode___-_loa_2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/251/emenda_impositiva_no_08_-_naldo_bigode_-_saude__-_loa_2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/252/emenda_impositiva_no_09_-_ricacio_-_saude__-_loa_2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/253/emenda_impositiva_no_10_-_ricacio_-_saude__-_loa_2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/254/emenda_impositiva_no_11_-_david_amorim_-_loa_2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/255/emenda_impositiva_no_12_-_david_amorim_-_saude_-_loa_2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/256/emenda_impositiva_no_13_-_irmao_ernandes_-_saude_-_loa_2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/257/emenda_impositiva_no_14_-_irmao_ernandes_-__loa_2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/258/emenda_impositiva_no_15_-_jose_edriano_-__loa_2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/259/emenda_impositiva_no_16_-_jose_edriano__-_saude_-__loa_2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/260/emenda_impositiva_no_17_-_edva_e_bonequinho__-_saude_-__loa_2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/261/emenda_impositiva_no_18_-_edva_e_bonequinho__-__loa_2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/9/arquivo_865.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/10/arquivo_866.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/11/arquivo_867.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/12/arquivo_868.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/13/arquivo_869.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/14/arquivo_870.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/15/arquivo_871.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/16/arquivo_872.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/17/arquivo_873.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/18/arquivo_874.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/19/arquivo_875.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/20/arquivo_876.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/21/arquivo_877.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/23/arquivo_878.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/24/arquivo_885.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/25/arquivo_886.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/26/arquivo_879.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/27/arquivo_880.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/28/arquivo_881.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/29/arquivo_882.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/30/arquivo_883.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/31/arquivo_884.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/32/arquivo_887.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/33/arquivo_888.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/34/arquivo_889.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/35/arquivo_890.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/36/arquivo_891.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/37/arquivo_892.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/38/arquivo_893.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/40/arquivo_894.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/41/arquivo_895.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/42/arquivo_896.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/43/arquivo_897.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/44/arquivo_898.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/45/arquivo_899.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/46/arquivo_900.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/47/arquivo_901.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/49/arquivo_903.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/50/arquivo_904.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/51/arquivo_905.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/52/arquivo_906.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/55/arquivo_907.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/56/arquivo_908.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/57/arquivo_909.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/58/arquivo_910.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/60/arquivo_911.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/61/arquivo_912.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/62/arquivo_913.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/63/arquivo_914.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/64/arquivo_915.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/65/arquivo_916.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/66/arquivo_917.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/67/arquivo_918.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/68/arquivo_919.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/69/arquivo_920.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/70/arquivo_921.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/71/arquivo_922.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/72/arquivo_923.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/73/arquivo_924.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/74/arquivo_925.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/75/arquivo_926.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/76/arquivo_927.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/77/arquivo_928.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/78/ricacio.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/79/1691247547_4e059059ff2867d733df.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/80/1691247641_2c8f959b86472344da88.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/81/1691247766_27feadd158004a81b58f.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/82/1691247907_c680a7353663cf97dcc9.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/83/1691248032_3cf0674279b8a4115662.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/84/1691248223_049cf26f02aea6581096.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/85/1691248489_62fab5aa4f332589c0d5.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/86/1691248634_d98c2c9903be0e376211.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/87/1691248716_4d7ef1ff2e018f515abb.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/88/1691248790_83cd31ef8af92806ee51.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/89/1691248881_77d5b15d7c141094c133.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/90/1691249097_6c746668b34de6afcbfa.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/103/indicacao_05-2023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/117/01.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/118/02.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/119/03.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/120/04.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/121/5.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/122/6.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/123/7.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/124/8.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/125/9.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/126/10.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/127/11.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/136/15_rec.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/93/adjailson_jose_-.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/92/jose_edvan.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/91/requeriemento_-_ricacio.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/96/requerimento_no_039.2023.docx" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/97/requerimento_no_040.2023.docx" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/98/requerimento_no_041.2023.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/101/requerimento_no_054.2023.docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/102/requerimento_no_055.2023.docx" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/116/requerimento_no_056.2023.docx" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/243/requerimento_no_057.2023.docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/262/requerimento_no_058.2023.docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/263/requerimento_no_059.2023.docx" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/271/requerimento_no_060.2023.docx" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/272/requerimento_no_061.2023.docx" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/273/requerimento_no_062.2023.docx" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/283/requerimento_no_063.2023.docx" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/284/requerimento_no_064.2023.docx" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/244/emenda_impositiva_no_01_-1-_emerson_ferreira_calado_-_loa_2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/245/emenda_impositiva_no_02_-_eden_vinicius_-_saude_-_loa_2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/246/emenda_impositiva_no_03_-_eden_vinicius__-_loa_2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/247/emenda_impositiva_no_04_-_elissandra_lins_-_loa_2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/248/emenda_impositiva_no_05_-_elissandra_lins_-_saude_-_loa_2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/249/emenda_impositiva_no_06_-_geneci__-_saude_-_loa_2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/250/emenda_impositiva_no_07_-_naldo_bigode___-_loa_2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/251/emenda_impositiva_no_08_-_naldo_bigode_-_saude__-_loa_2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/252/emenda_impositiva_no_09_-_ricacio_-_saude__-_loa_2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/253/emenda_impositiva_no_10_-_ricacio_-_saude__-_loa_2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/254/emenda_impositiva_no_11_-_david_amorim_-_loa_2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/255/emenda_impositiva_no_12_-_david_amorim_-_saude_-_loa_2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/256/emenda_impositiva_no_13_-_irmao_ernandes_-_saude_-_loa_2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/257/emenda_impositiva_no_14_-_irmao_ernandes_-__loa_2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/258/emenda_impositiva_no_15_-_jose_edriano_-__loa_2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/259/emenda_impositiva_no_16_-_jose_edriano__-_saude_-__loa_2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/260/emenda_impositiva_no_17_-_edva_e_bonequinho__-_saude_-__loa_2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/261/emenda_impositiva_no_18_-_edva_e_bonequinho__-__loa_2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/100/projeto_de_lei_n_012.2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/270/projeto_de_lei_n_013.2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/274/projeto_de_lei_n_014.2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/282/projeto_de_lei_n_015.2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/269/239.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/266/projeto_de_lei_n_240.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/241/projeto_de_lei_n_244.2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/242/projeto_de_lei_n_245.2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/275/projeto_de_lei_n_246.2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/276/projeto_de_lei_n_247.2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/277/projeto_de_lei_n_248.2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/278/projeto_de_lei_n_249.2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/279/projeto_de_lei_n_250.2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/95/projeto_de_decreto_003_2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/99/projeto_de_decreto_legislativo_n06.2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/280/projeto_de_decreto_legislativo_n_07.2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/281/projeto_de_decreto_legislativo_n_08.2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/103/indicacao_05-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/9/arquivo_865.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/10/arquivo_866.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/11/arquivo_867.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/12/arquivo_868.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/13/arquivo_869.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/14/arquivo_870.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/15/arquivo_871.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/16/arquivo_872.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/17/arquivo_873.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/18/arquivo_874.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/19/arquivo_875.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/20/arquivo_876.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/21/arquivo_877.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/23/arquivo_878.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/24/arquivo_885.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/25/arquivo_886.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/26/arquivo_879.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/27/arquivo_880.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/28/arquivo_881.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/29/arquivo_882.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/30/arquivo_883.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/31/arquivo_884.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/32/arquivo_887.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/33/arquivo_888.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/34/arquivo_889.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/35/arquivo_890.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/36/arquivo_891.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/37/arquivo_892.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/38/arquivo_893.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/40/arquivo_894.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/41/arquivo_895.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/42/arquivo_896.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/43/arquivo_897.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/44/arquivo_898.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/45/arquivo_899.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/46/arquivo_900.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/47/arquivo_901.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/49/arquivo_903.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/50/arquivo_904.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/51/arquivo_905.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/52/arquivo_906.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/55/arquivo_907.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/56/arquivo_908.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/57/arquivo_909.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/58/arquivo_910.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/60/arquivo_911.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/61/arquivo_912.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/62/arquivo_913.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/63/arquivo_914.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/64/arquivo_915.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/65/arquivo_916.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/66/arquivo_917.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/67/arquivo_918.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/68/arquivo_919.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/69/arquivo_920.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/70/arquivo_921.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/71/arquivo_922.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/72/arquivo_923.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/73/arquivo_924.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/74/arquivo_925.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/75/arquivo_926.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/76/arquivo_927.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/77/arquivo_928.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/78/ricacio.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/79/1691247547_4e059059ff2867d733df.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/80/1691247641_2c8f959b86472344da88.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/81/1691247766_27feadd158004a81b58f.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/82/1691247907_c680a7353663cf97dcc9.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/83/1691248032_3cf0674279b8a4115662.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/84/1691248223_049cf26f02aea6581096.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/85/1691248489_62fab5aa4f332589c0d5.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/86/1691248634_d98c2c9903be0e376211.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/87/1691248716_4d7ef1ff2e018f515abb.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/88/1691248790_83cd31ef8af92806ee51.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/89/1691248881_77d5b15d7c141094c133.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/90/1691249097_6c746668b34de6afcbfa.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/117/01.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/118/02.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/119/03.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/120/04.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/121/5.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/122/6.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/123/7.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/124/8.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/125/9.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/126/10.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/127/11.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/136/15_rec.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/93/adjailson_jose_-.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/92/jose_edvan.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/91/requeriemento_-_ricacio.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/96/requerimento_no_039.2023.docx" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/97/requerimento_no_040.2023.docx" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/98/requerimento_no_041.2023.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/101/requerimento_no_054.2023.docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/102/requerimento_no_055.2023.docx" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/116/requerimento_no_056.2023.docx" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/243/requerimento_no_057.2023.docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/262/requerimento_no_058.2023.docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/263/requerimento_no_059.2023.docx" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/271/requerimento_no_060.2023.docx" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/272/requerimento_no_061.2023.docx" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/273/requerimento_no_062.2023.docx" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/283/requerimento_no_063.2023.docx" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2023/284/requerimento_no_064.2023.docx" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H178"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="37.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="138.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2">
-        <v>100</v>
+        <v>290</v>
       </c>
       <c r="B2">
         <v>2023</v>
       </c>
       <c r="C2">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3">
-        <v>270</v>
+        <v>244</v>
       </c>
       <c r="B3">
         <v>2023</v>
       </c>
       <c r="C3">
+        <v>1</v>
+      </c>
+      <c r="D3" t="s">
         <v>13</v>
       </c>
-      <c r="D3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="H3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4">
-        <v>274</v>
+        <v>245</v>
       </c>
       <c r="B4">
         <v>2023</v>
       </c>
       <c r="C4">
+        <v>2</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
         <v>14</v>
       </c>
-      <c r="D4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="H4" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5">
-        <v>282</v>
+        <v>246</v>
       </c>
       <c r="B5">
         <v>2023</v>
       </c>
       <c r="C5">
-        <v>15</v>
+        <v>3</v>
       </c>
       <c r="D5" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F5" t="s">
         <v>18</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="H5" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6">
-        <v>285</v>
+        <v>247</v>
       </c>
       <c r="B6">
         <v>2023</v>
       </c>
       <c r="C6">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="D6" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F6" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="H6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7">
-        <v>286</v>
+        <v>248</v>
       </c>
       <c r="B7">
         <v>2023</v>
       </c>
       <c r="C7">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="D7" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F7" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="H7" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8">
-        <v>292</v>
+        <v>249</v>
       </c>
       <c r="B8">
         <v>2023</v>
       </c>
       <c r="C8">
-        <v>18</v>
+        <v>6</v>
       </c>
       <c r="D8" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F8" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="H8" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9">
-        <v>269</v>
+        <v>250</v>
       </c>
       <c r="B9">
         <v>2023</v>
       </c>
       <c r="C9">
-        <v>239</v>
+        <v>7</v>
       </c>
       <c r="D9" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F9" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="H9" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10">
-        <v>266</v>
+        <v>251</v>
       </c>
       <c r="B10">
         <v>2023</v>
       </c>
       <c r="C10">
-        <v>240</v>
+        <v>8</v>
       </c>
       <c r="D10" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F10" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="H10" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11">
-        <v>241</v>
+        <v>252</v>
       </c>
       <c r="B11">
         <v>2023</v>
       </c>
       <c r="C11">
-        <v>244</v>
+        <v>9</v>
       </c>
       <c r="D11" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F11" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="H11" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12">
-        <v>242</v>
+        <v>253</v>
       </c>
       <c r="B12">
         <v>2023</v>
       </c>
       <c r="C12">
-        <v>245</v>
+        <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F12" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="H12" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13">
-        <v>275</v>
+        <v>254</v>
       </c>
       <c r="B13">
         <v>2023</v>
       </c>
       <c r="C13">
-        <v>246</v>
+        <v>11</v>
       </c>
       <c r="D13" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F13" t="s">
-        <v>26</v>
+        <v>40</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="H13" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14">
-        <v>276</v>
+        <v>255</v>
       </c>
       <c r="B14">
         <v>2023</v>
       </c>
       <c r="C14">
-        <v>247</v>
+        <v>12</v>
       </c>
       <c r="D14" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F14" t="s">
-        <v>26</v>
+        <v>40</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="H14" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15">
-        <v>277</v>
+        <v>256</v>
       </c>
       <c r="B15">
         <v>2023</v>
       </c>
       <c r="C15">
-        <v>248</v>
+        <v>13</v>
       </c>
       <c r="D15" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F15" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="H15" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16">
-        <v>278</v>
+        <v>257</v>
       </c>
       <c r="B16">
         <v>2023</v>
       </c>
       <c r="C16">
-        <v>249</v>
+        <v>14</v>
       </c>
       <c r="D16" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F16" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="H16" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17">
-        <v>279</v>
+        <v>258</v>
       </c>
       <c r="B17">
         <v>2023</v>
       </c>
       <c r="C17">
-        <v>250</v>
+        <v>15</v>
       </c>
       <c r="D17" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F17" t="s">
-        <v>26</v>
+        <v>50</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="H17" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18">
-        <v>287</v>
+        <v>259</v>
       </c>
       <c r="B18">
         <v>2023</v>
       </c>
       <c r="C18">
-        <v>251</v>
+        <v>16</v>
       </c>
       <c r="D18" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F18" t="s">
-        <v>26</v>
+        <v>50</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H18" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19">
-        <v>288</v>
+        <v>260</v>
       </c>
       <c r="B19">
         <v>2023</v>
       </c>
       <c r="C19">
-        <v>252</v>
+        <v>17</v>
       </c>
       <c r="D19" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F19" t="s">
-        <v>26</v>
+        <v>55</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>22</v>
+        <v>56</v>
       </c>
       <c r="H19" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20">
-        <v>95</v>
+        <v>261</v>
       </c>
       <c r="B20">
         <v>2023</v>
       </c>
       <c r="C20">
-        <v>3</v>
+        <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>48</v>
+        <v>14</v>
       </c>
       <c r="F20" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="H20" t="s">
-        <v>51</v>
+        <v>59</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21">
-        <v>99</v>
+        <v>267</v>
       </c>
       <c r="B21">
         <v>2023</v>
       </c>
       <c r="C21">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="D21" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>48</v>
+        <v>14</v>
       </c>
       <c r="F21" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>53</v>
+        <v>11</v>
       </c>
       <c r="H21" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22">
-        <v>280</v>
+        <v>100</v>
       </c>
       <c r="B22">
         <v>2023</v>
       </c>
       <c r="C22">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="D22" t="s">
-        <v>47</v>
+        <v>62</v>
       </c>
       <c r="E22" t="s">
-        <v>48</v>
+        <v>63</v>
       </c>
       <c r="F22" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>55</v>
+        <v>64</v>
       </c>
       <c r="H22" t="s">
-        <v>56</v>
+        <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23">
-        <v>281</v>
+        <v>270</v>
       </c>
       <c r="B23">
         <v>2023</v>
       </c>
       <c r="C23">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D23" t="s">
-        <v>47</v>
+        <v>62</v>
       </c>
       <c r="E23" t="s">
-        <v>48</v>
+        <v>63</v>
       </c>
       <c r="F23" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="H23" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24">
-        <v>244</v>
+        <v>274</v>
       </c>
       <c r="B24">
         <v>2023</v>
       </c>
       <c r="C24">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="D24" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="E24" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="F24" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="H24" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25">
-        <v>245</v>
+        <v>282</v>
       </c>
       <c r="B25">
         <v>2023</v>
       </c>
       <c r="C25">
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="D25" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="E25" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="F25" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="H25" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26">
-        <v>246</v>
+        <v>285</v>
       </c>
       <c r="B26">
         <v>2023</v>
       </c>
       <c r="C26">
-        <v>3</v>
+        <v>16</v>
       </c>
       <c r="D26" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="E26" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="F26" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>66</v>
+        <v>11</v>
       </c>
       <c r="H26" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27">
-        <v>247</v>
+        <v>286</v>
       </c>
       <c r="B27">
         <v>2023</v>
       </c>
       <c r="C27">
-        <v>4</v>
+        <v>17</v>
       </c>
       <c r="D27" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="E27" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="F27" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>68</v>
+        <v>11</v>
       </c>
       <c r="H27" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28">
-        <v>248</v>
+        <v>292</v>
       </c>
       <c r="B28">
         <v>2023</v>
       </c>
       <c r="C28">
-        <v>5</v>
+        <v>18</v>
       </c>
       <c r="D28" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="E28" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="F28" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="H28" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29">
-        <v>249</v>
+        <v>269</v>
       </c>
       <c r="B29">
         <v>2023</v>
       </c>
       <c r="C29">
-        <v>6</v>
+        <v>239</v>
       </c>
       <c r="D29" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="E29" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="F29" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="H29" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30">
-        <v>250</v>
+        <v>266</v>
       </c>
       <c r="B30">
         <v>2023</v>
       </c>
       <c r="C30">
-        <v>7</v>
+        <v>240</v>
       </c>
       <c r="D30" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="E30" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="F30" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="H30" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31">
-        <v>251</v>
+        <v>241</v>
       </c>
       <c r="B31">
         <v>2023</v>
       </c>
       <c r="C31">
-        <v>8</v>
+        <v>244</v>
       </c>
       <c r="D31" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="E31" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="F31" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="H31" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32">
-        <v>252</v>
+        <v>242</v>
       </c>
       <c r="B32">
         <v>2023</v>
       </c>
       <c r="C32">
-        <v>9</v>
+        <v>245</v>
       </c>
       <c r="D32" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="E32" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="F32" t="s">
-        <v>15</v>
+        <v>76</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="H32" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33">
-        <v>253</v>
+        <v>275</v>
       </c>
       <c r="B33">
         <v>2023</v>
       </c>
       <c r="C33">
-        <v>10</v>
+        <v>246</v>
       </c>
       <c r="D33" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="E33" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="F33" t="s">
-        <v>15</v>
+        <v>76</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="H33" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34">
-        <v>254</v>
+        <v>276</v>
       </c>
       <c r="B34">
         <v>2023</v>
       </c>
       <c r="C34">
-        <v>11</v>
+        <v>247</v>
       </c>
       <c r="D34" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="E34" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="F34" t="s">
-        <v>84</v>
+        <v>76</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="H34" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35">
-        <v>255</v>
+        <v>277</v>
       </c>
       <c r="B35">
         <v>2023</v>
       </c>
       <c r="C35">
-        <v>12</v>
+        <v>248</v>
       </c>
       <c r="D35" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="E35" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="F35" t="s">
-        <v>84</v>
+        <v>76</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="H35" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36">
-        <v>256</v>
+        <v>278</v>
       </c>
       <c r="B36">
         <v>2023</v>
       </c>
       <c r="C36">
-        <v>13</v>
+        <v>249</v>
       </c>
       <c r="D36" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="E36" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="F36" t="s">
-        <v>52</v>
+        <v>76</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="H36" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37">
-        <v>257</v>
+        <v>279</v>
       </c>
       <c r="B37">
         <v>2023</v>
       </c>
       <c r="C37">
-        <v>14</v>
+        <v>250</v>
       </c>
       <c r="D37" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="E37" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="F37" t="s">
-        <v>52</v>
+        <v>76</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="H37" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38">
-        <v>258</v>
+        <v>287</v>
       </c>
       <c r="B38">
         <v>2023</v>
       </c>
       <c r="C38">
-        <v>15</v>
+        <v>251</v>
       </c>
       <c r="D38" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="E38" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="F38" t="s">
-        <v>93</v>
+        <v>76</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>94</v>
+        <v>11</v>
       </c>
       <c r="H38" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39">
-        <v>259</v>
+        <v>288</v>
       </c>
       <c r="B39">
         <v>2023</v>
       </c>
       <c r="C39">
-        <v>16</v>
+        <v>252</v>
       </c>
       <c r="D39" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="E39" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="F39" t="s">
-        <v>93</v>
+        <v>76</v>
       </c>
       <c r="G39" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H39" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40">
-        <v>260</v>
+        <v>95</v>
       </c>
       <c r="B40">
         <v>2023</v>
       </c>
       <c r="C40">
-        <v>17</v>
+        <v>3</v>
       </c>
       <c r="D40" t="s">
-        <v>59</v>
+        <v>97</v>
       </c>
       <c r="E40" t="s">
-        <v>60</v>
+        <v>98</v>
       </c>
       <c r="F40" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="H40" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41">
-        <v>261</v>
+        <v>99</v>
       </c>
       <c r="B41">
         <v>2023</v>
       </c>
       <c r="C41">
-        <v>18</v>
+        <v>6</v>
       </c>
       <c r="D41" t="s">
-        <v>59</v>
+        <v>97</v>
       </c>
       <c r="E41" t="s">
-        <v>60</v>
+        <v>98</v>
       </c>
       <c r="F41" t="s">
-        <v>98</v>
+        <v>45</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H41" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42">
-        <v>267</v>
+        <v>280</v>
       </c>
       <c r="B42">
         <v>2023</v>
       </c>
       <c r="C42">
-        <v>20</v>
+        <v>7</v>
       </c>
       <c r="D42" t="s">
-        <v>59</v>
+        <v>97</v>
       </c>
       <c r="E42" t="s">
-        <v>60</v>
+        <v>98</v>
       </c>
       <c r="F42" t="s">
-        <v>103</v>
+        <v>70</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>22</v>
+        <v>104</v>
       </c>
       <c r="H42" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43">
-        <v>290</v>
+        <v>281</v>
       </c>
       <c r="B43">
         <v>2023</v>
       </c>
       <c r="C43">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="D43" t="s">
-        <v>105</v>
+        <v>97</v>
       </c>
       <c r="E43" t="s">
+        <v>98</v>
+      </c>
+      <c r="F43" t="s">
+        <v>70</v>
+      </c>
+      <c r="G43" s="1" t="s">
         <v>106</v>
-      </c>
-[...4 lines deleted...]
-        <v>22</v>
       </c>
       <c r="H43" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44">
-        <v>9</v>
+        <v>103</v>
       </c>
       <c r="B44">
         <v>2023</v>
       </c>
       <c r="C44">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="D44" t="s">
         <v>108</v>
       </c>
       <c r="E44" t="s">
         <v>109</v>
       </c>
       <c r="F44" t="s">
         <v>10</v>
       </c>
       <c r="G44" s="1" t="s">
         <v>110</v>
       </c>
       <c r="H44" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45">
+        <v>9</v>
+      </c>
+      <c r="B45">
+        <v>2023</v>
+      </c>
+      <c r="C45">
+        <v>9</v>
+      </c>
+      <c r="D45" t="s">
+        <v>112</v>
+      </c>
+      <c r="E45" t="s">
+        <v>113</v>
+      </c>
+      <c r="F45" t="s">
         <v>10</v>
       </c>
-      <c r="B45">
-[...13 lines deleted...]
-      </c>
       <c r="G45" s="1" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="H45" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B46">
         <v>2023</v>
       </c>
       <c r="C46">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E46" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F46" t="s">
-        <v>84</v>
+        <v>40</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="H46" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B47">
         <v>2023</v>
       </c>
       <c r="C47">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D47" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E47" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F47" t="s">
-        <v>72</v>
+        <v>40</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="H47" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B48">
         <v>2023</v>
       </c>
       <c r="C48">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D48" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E48" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F48" t="s">
-        <v>118</v>
+        <v>27</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="H48" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B49">
         <v>2023</v>
       </c>
       <c r="C49">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D49" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E49" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F49" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="H49" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B50">
         <v>2023</v>
       </c>
       <c r="C50">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D50" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E50" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F50" t="s">
-        <v>15</v>
+        <v>122</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="H50" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B51">
         <v>2023</v>
       </c>
       <c r="C51">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D51" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E51" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F51" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="H51" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B52">
         <v>2023</v>
       </c>
       <c r="C52">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D52" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E52" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F52" t="s">
-        <v>118</v>
+        <v>35</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="H52" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B53">
         <v>2023</v>
       </c>
       <c r="C53">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D53" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E53" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F53" t="s">
-        <v>15</v>
+        <v>122</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="H53" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B54">
         <v>2023</v>
       </c>
       <c r="C54">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D54" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E54" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F54" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="H54" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B55">
         <v>2023</v>
       </c>
       <c r="C55">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D55" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E55" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F55" t="s">
         <v>10</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="H55" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B56">
         <v>2023</v>
       </c>
       <c r="C56">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D56" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E56" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F56" t="s">
-        <v>84</v>
+        <v>10</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="H56" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B57">
         <v>2023</v>
       </c>
       <c r="C57">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D57" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E57" t="s">
-        <v>109</v>
+        <v>113</v>
+      </c>
+      <c r="F57" t="s">
+        <v>40</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>22</v>
+        <v>139</v>
       </c>
       <c r="H57" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B58">
         <v>2023</v>
       </c>
       <c r="C58">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D58" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E58" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>139</v>
+        <v>11</v>
       </c>
       <c r="H58" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B59">
         <v>2023</v>
       </c>
       <c r="C59">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="D59" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E59" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F59" t="s">
-        <v>10</v>
+        <v>142</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="H59" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B60">
         <v>2023</v>
       </c>
       <c r="C60">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D60" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E60" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F60" t="s">
-        <v>118</v>
+        <v>10</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="H60" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B61">
         <v>2023</v>
       </c>
       <c r="C61">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="D61" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E61" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F61" t="s">
-        <v>15</v>
+        <v>122</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="H61" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B62">
         <v>2023</v>
       </c>
       <c r="C62">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D62" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E62" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F62" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="H62" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B63">
         <v>2023</v>
       </c>
       <c r="C63">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="D63" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E63" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F63" t="s">
-        <v>138</v>
+        <v>35</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="H63" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B64">
         <v>2023</v>
       </c>
       <c r="C64">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D64" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E64" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F64" t="s">
-        <v>52</v>
+        <v>142</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="H64" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B65">
         <v>2023</v>
       </c>
       <c r="C65">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D65" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E65" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F65" t="s">
-        <v>138</v>
+        <v>45</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="H65" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B66">
         <v>2023</v>
       </c>
       <c r="C66">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="D66" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E66" t="s">
-        <v>109</v>
+        <v>113</v>
+      </c>
+      <c r="F66" t="s">
+        <v>142</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="H66" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B67">
         <v>2023</v>
       </c>
       <c r="C67">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="D67" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E67" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>113</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="H67" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B68">
         <v>2023</v>
       </c>
       <c r="C68">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D68" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E68" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F68" t="s">
         <v>10</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="H68" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B69">
         <v>2023</v>
       </c>
       <c r="C69">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D69" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E69" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F69" t="s">
-        <v>118</v>
+        <v>10</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="H69" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B70">
         <v>2023</v>
       </c>
       <c r="C70">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="D70" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E70" t="s">
-        <v>109</v>
+        <v>113</v>
+      </c>
+      <c r="F70" t="s">
+        <v>122</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="H70" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B71">
         <v>2023</v>
       </c>
       <c r="C71">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="D71" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E71" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-        <v>72</v>
+        <v>113</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="H71" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B72">
         <v>2023</v>
       </c>
       <c r="C72">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D72" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E72" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F72" t="s">
-        <v>118</v>
+        <v>27</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="H72" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B73">
         <v>2023</v>
       </c>
       <c r="C73">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D73" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E73" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F73" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="H73" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B74">
         <v>2023</v>
       </c>
       <c r="C74">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="D74" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E74" t="s">
-        <v>109</v>
+        <v>113</v>
+      </c>
+      <c r="F74" t="s">
+        <v>122</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>22</v>
+        <v>173</v>
       </c>
       <c r="H74" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B75">
         <v>2023</v>
       </c>
       <c r="C75">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="D75" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E75" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>113</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>172</v>
+        <v>11</v>
       </c>
       <c r="H75" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B76">
         <v>2023</v>
       </c>
       <c r="C76">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="D76" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E76" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F76" t="s">
-        <v>118</v>
+        <v>18</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="H76" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B77">
         <v>2023</v>
       </c>
       <c r="C77">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D77" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E77" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F77" t="s">
-        <v>10</v>
+        <v>122</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="H77" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B78">
         <v>2023</v>
       </c>
       <c r="C78">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="D78" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E78" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F78" t="s">
         <v>10</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="H78" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B79">
         <v>2023</v>
       </c>
       <c r="C79">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="D79" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E79" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F79" t="s">
-        <v>75</v>
+        <v>10</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="H79" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B80">
         <v>2023</v>
       </c>
       <c r="C80">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="D80" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E80" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F80" t="s">
-        <v>118</v>
+        <v>30</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="H80" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B81">
         <v>2023</v>
       </c>
       <c r="C81">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D81" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E81" t="s">
-        <v>109</v>
+        <v>113</v>
+      </c>
+      <c r="F81" t="s">
+        <v>122</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="H81" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B82">
         <v>2023</v>
       </c>
       <c r="C82">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="D82" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E82" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>113</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="H82" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B83">
         <v>2023</v>
       </c>
       <c r="C83">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="D83" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E83" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F83" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>22</v>
+        <v>190</v>
       </c>
       <c r="H83" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B84">
         <v>2023</v>
       </c>
       <c r="C84">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="D84" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E84" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F84" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>189</v>
+        <v>11</v>
       </c>
       <c r="H84" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B85">
         <v>2023</v>
       </c>
       <c r="C85">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="D85" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E85" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F85" t="s">
-        <v>63</v>
+        <v>18</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="H85" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B86">
         <v>2023</v>
       </c>
       <c r="C86">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="D86" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E86" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F86" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="H86" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B87">
         <v>2023</v>
       </c>
       <c r="C87">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="D87" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E87" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F87" t="s">
         <v>10</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="H87" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="B88">
         <v>2023</v>
       </c>
       <c r="C88">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="D88" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E88" t="s">
-        <v>109</v>
+        <v>113</v>
+      </c>
+      <c r="F88" t="s">
+        <v>10</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>22</v>
+        <v>199</v>
       </c>
       <c r="H88" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="B89">
         <v>2023</v>
       </c>
       <c r="C89">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="D89" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E89" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="H89" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B90">
         <v>2023</v>
       </c>
       <c r="C90">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="D90" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E90" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-        <v>75</v>
+        <v>113</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>199</v>
+        <v>11</v>
       </c>
       <c r="H90" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="B91">
         <v>2023</v>
       </c>
       <c r="C91">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="D91" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E91" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F91" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="H91" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="B92">
         <v>2023</v>
       </c>
       <c r="C92">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="D92" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E92" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F92" t="s">
         <v>10</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="H92" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B93">
         <v>2023</v>
       </c>
       <c r="C93">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="D93" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E93" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F93" t="s">
-        <v>138</v>
+        <v>10</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="H93" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="B94">
         <v>2023</v>
       </c>
       <c r="C94">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="D94" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E94" t="s">
-        <v>109</v>
+        <v>113</v>
+      </c>
+      <c r="F94" t="s">
+        <v>142</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>22</v>
+        <v>209</v>
       </c>
       <c r="H94" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B95">
         <v>2023</v>
       </c>
       <c r="C95">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="D95" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E95" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>208</v>
+        <v>11</v>
       </c>
       <c r="H95" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="B96">
         <v>2023</v>
       </c>
       <c r="C96">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="D96" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E96" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="H96" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B97">
         <v>2023</v>
       </c>
       <c r="C97">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="D97" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E97" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F97" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H97" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B98">
         <v>2023</v>
       </c>
       <c r="C98">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D98" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E98" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F98" t="s">
-        <v>15</v>
+        <v>122</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="H98" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="B99">
         <v>2023</v>
       </c>
       <c r="C99">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="D99" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E99" t="s">
-        <v>109</v>
+        <v>113</v>
+      </c>
+      <c r="F99" t="s">
+        <v>35</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="H99" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B100">
         <v>2023</v>
       </c>
       <c r="C100">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="D100" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E100" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>113</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="H100" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B101">
         <v>2023</v>
       </c>
       <c r="C101">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="D101" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E101" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F101" t="s">
-        <v>220</v>
+        <v>35</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="H101" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B102">
         <v>2023</v>
       </c>
       <c r="C102">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="D102" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E102" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F102" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="H102" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="B103">
         <v>2023</v>
       </c>
       <c r="C103">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="D103" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E103" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F103" t="s">
-        <v>21</v>
+        <v>224</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="H103" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="B104">
         <v>2023</v>
       </c>
       <c r="C104">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="D104" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E104" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F104" t="s">
         <v>15</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="H104" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B105">
         <v>2023</v>
       </c>
       <c r="C105">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="D105" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E105" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F105" t="s">
-        <v>138</v>
+        <v>35</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="H105" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="B106">
         <v>2023</v>
       </c>
       <c r="C106">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="D106" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E106" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F106" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="H106" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B107">
         <v>2023</v>
       </c>
       <c r="C107">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="D107" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E107" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F107" t="s">
-        <v>15</v>
+        <v>142</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="H107" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B108">
         <v>2023</v>
       </c>
       <c r="C108">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="D108" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E108" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F108" t="s">
-        <v>118</v>
+        <v>35</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="H108" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B109">
         <v>2023</v>
       </c>
       <c r="C109">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="D109" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E109" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F109" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="H109" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B110">
         <v>2023</v>
       </c>
       <c r="C110">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="D110" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E110" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F110" t="s">
-        <v>138</v>
+        <v>122</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="H110" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B111">
         <v>2023</v>
       </c>
       <c r="C111">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="D111" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E111" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F111" t="s">
-        <v>15</v>
+        <v>142</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="H111" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B112">
         <v>2023</v>
       </c>
       <c r="C112">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="D112" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E112" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F112" t="s">
-        <v>75</v>
+        <v>35</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="H112" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B113">
         <v>2023</v>
       </c>
       <c r="C113">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="D113" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E113" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F113" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="H113" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B114">
         <v>2023</v>
       </c>
       <c r="C114">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="D114" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E114" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F114" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="H114" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="B115">
         <v>2023</v>
       </c>
       <c r="C115">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="D115" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E115" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F115" t="s">
-        <v>75</v>
+        <v>10</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="H115" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="B116">
         <v>2023</v>
       </c>
       <c r="C116">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="D116" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E116" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F116" t="s">
-        <v>118</v>
+        <v>30</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="H116" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B117">
         <v>2023</v>
       </c>
       <c r="C117">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="D117" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E117" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F117" t="s">
-        <v>15</v>
+        <v>122</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="H117" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118">
+        <v>82</v>
+      </c>
+      <c r="B118">
+        <v>2023</v>
+      </c>
+      <c r="C118">
         <v>83</v>
       </c>
-      <c r="B118">
-[...4 lines deleted...]
-      </c>
       <c r="D118" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E118" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F118" t="s">
-        <v>138</v>
+        <v>35</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="H118" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119">
+        <v>83</v>
+      </c>
+      <c r="B119">
+        <v>2023</v>
+      </c>
+      <c r="C119">
         <v>84</v>
       </c>
-      <c r="B119">
-[...4 lines deleted...]
-      </c>
       <c r="D119" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E119" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F119" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="H119" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120">
+        <v>84</v>
+      </c>
+      <c r="B120">
+        <v>2023</v>
+      </c>
+      <c r="C120">
         <v>85</v>
       </c>
-      <c r="B120">
-[...4 lines deleted...]
-      </c>
       <c r="D120" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E120" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F120" t="s">
-        <v>220</v>
+        <v>142</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="H120" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121">
+        <v>85</v>
+      </c>
+      <c r="B121">
+        <v>2023</v>
+      </c>
+      <c r="C121">
         <v>86</v>
       </c>
-      <c r="B121">
-[...4 lines deleted...]
-      </c>
       <c r="D121" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E121" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F121" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="H121" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122">
+        <v>86</v>
+      </c>
+      <c r="B122">
+        <v>2023</v>
+      </c>
+      <c r="C122">
         <v>87</v>
       </c>
-      <c r="B122">
-[...4 lines deleted...]
-      </c>
       <c r="D122" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E122" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F122" t="s">
-        <v>118</v>
+        <v>224</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="H122" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123">
+        <v>87</v>
+      </c>
+      <c r="B123">
+        <v>2023</v>
+      </c>
+      <c r="C123">
         <v>88</v>
       </c>
-      <c r="B123">
-[...4 lines deleted...]
-      </c>
       <c r="D123" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E123" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F123" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="H123" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124">
+        <v>88</v>
+      </c>
+      <c r="B124">
+        <v>2023</v>
+      </c>
+      <c r="C124">
         <v>89</v>
       </c>
-      <c r="B124">
-[...4 lines deleted...]
-      </c>
       <c r="D124" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E124" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F124" t="s">
-        <v>10</v>
+        <v>122</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="H124" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125">
+        <v>89</v>
+      </c>
+      <c r="B125">
+        <v>2023</v>
+      </c>
+      <c r="C125">
         <v>90</v>
       </c>
-      <c r="B125">
-[...4 lines deleted...]
-      </c>
       <c r="D125" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E125" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F125" t="s">
         <v>10</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="H125" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="B126">
         <v>2023</v>
       </c>
       <c r="C126">
-        <v>5</v>
+        <v>91</v>
       </c>
       <c r="D126" t="s">
-        <v>271</v>
+        <v>112</v>
       </c>
       <c r="E126" t="s">
-        <v>272</v>
+        <v>113</v>
       </c>
       <c r="F126" t="s">
         <v>10</v>
       </c>
       <c r="G126" s="1" t="s">
         <v>273</v>
       </c>
       <c r="H126" t="s">
         <v>274</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127">
         <v>291</v>
       </c>
       <c r="B127">
         <v>2023</v>
       </c>
       <c r="C127">
         <v>1</v>
       </c>
       <c r="D127" t="s">
         <v>275</v>
       </c>
       <c r="E127" t="s">
         <v>276</v>
       </c>
       <c r="F127" t="s">
-        <v>63</v>
+        <v>18</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="H127" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128">
         <v>106</v>
       </c>
       <c r="B128">
         <v>2023</v>
       </c>
       <c r="C128">
         <v>1</v>
       </c>
       <c r="D128" t="s">
         <v>278</v>
       </c>
       <c r="E128" t="s">
         <v>279</v>
       </c>
       <c r="F128" t="s">
         <v>280</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="H128" t="s">
         <v>281</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129">
         <v>268</v>
       </c>
       <c r="B129">
         <v>2023</v>
       </c>
       <c r="C129">
         <v>9</v>
       </c>
       <c r="D129" t="s">
         <v>282</v>
       </c>
       <c r="E129" t="s">
         <v>283</v>
       </c>
       <c r="F129" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="H129" t="s">
         <v>284</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130">
         <v>104</v>
       </c>
       <c r="B130">
         <v>2023</v>
       </c>
       <c r="C130">
         <v>139</v>
       </c>
       <c r="D130" t="s">
         <v>282</v>
       </c>
       <c r="E130" t="s">
         <v>283</v>
       </c>
       <c r="F130" t="s">
-        <v>26</v>
+        <v>76</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="H130" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131">
         <v>107</v>
       </c>
       <c r="B131">
         <v>2023</v>
       </c>
       <c r="C131">
         <v>141</v>
       </c>
       <c r="D131" t="s">
         <v>282</v>
       </c>
       <c r="E131" t="s">
         <v>283</v>
       </c>
       <c r="F131" t="s">
         <v>280</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="H131" t="s">
         <v>286</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132">
         <v>108</v>
       </c>
       <c r="B132">
         <v>2023</v>
       </c>
       <c r="C132">
         <v>172</v>
       </c>
       <c r="D132" t="s">
         <v>282</v>
       </c>
       <c r="E132" t="s">
         <v>283</v>
       </c>
       <c r="F132" t="s">
         <v>280</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="H132" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133">
         <v>105</v>
       </c>
       <c r="B133">
         <v>2023</v>
       </c>
       <c r="C133">
         <v>207</v>
       </c>
       <c r="D133" t="s">
         <v>282</v>
       </c>
       <c r="E133" t="s">
         <v>283</v>
       </c>
       <c r="F133" t="s">
-        <v>26</v>
+        <v>76</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="H133" t="s">
         <v>288</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134">
         <v>109</v>
       </c>
       <c r="B134">
         <v>2023</v>
       </c>
       <c r="C134">
         <v>214</v>
       </c>
       <c r="D134" t="s">
         <v>282</v>
       </c>
       <c r="E134" t="s">
         <v>283</v>
       </c>
       <c r="F134" t="s">
         <v>280</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="H134" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135">
         <v>264</v>
       </c>
       <c r="B135">
         <v>2023</v>
       </c>
       <c r="C135">
         <v>218</v>
       </c>
       <c r="D135" t="s">
         <v>282</v>
       </c>
       <c r="E135" t="s">
         <v>283</v>
       </c>
       <c r="F135" t="s">
         <v>280</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="H135" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136">
         <v>265</v>
       </c>
       <c r="B136">
         <v>2023</v>
       </c>
       <c r="C136">
         <v>220</v>
       </c>
       <c r="D136" t="s">
         <v>282</v>
       </c>
       <c r="E136" t="s">
         <v>283</v>
       </c>
       <c r="F136" t="s">
         <v>280</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="H136" t="s">
         <v>291</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137">
         <v>110</v>
       </c>
       <c r="B137">
         <v>2023</v>
       </c>
       <c r="C137">
         <v>476</v>
       </c>
       <c r="D137" t="s">
         <v>282</v>
       </c>
       <c r="E137" t="s">
         <v>283</v>
       </c>
       <c r="F137" t="s">
         <v>280</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="H137" t="s">
         <v>292</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138">
         <v>111</v>
       </c>
       <c r="B138">
         <v>2023</v>
       </c>
       <c r="C138">
         <v>616</v>
       </c>
       <c r="D138" t="s">
         <v>282</v>
       </c>
       <c r="E138" t="s">
         <v>283</v>
       </c>
       <c r="F138" t="s">
         <v>280</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="H138" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139">
         <v>112</v>
       </c>
       <c r="B139">
         <v>2023</v>
       </c>
       <c r="C139">
         <v>617</v>
       </c>
       <c r="D139" t="s">
         <v>282</v>
       </c>
       <c r="E139" t="s">
         <v>283</v>
       </c>
       <c r="F139" t="s">
         <v>280</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="H139" t="s">
         <v>294</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140">
         <v>113</v>
       </c>
       <c r="B140">
         <v>2023</v>
       </c>
       <c r="C140">
         <v>618</v>
       </c>
       <c r="D140" t="s">
         <v>282</v>
       </c>
       <c r="E140" t="s">
         <v>283</v>
       </c>
       <c r="F140" t="s">
         <v>280</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="H140" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141">
         <v>114</v>
       </c>
       <c r="B141">
         <v>2023</v>
       </c>
       <c r="C141">
         <v>619</v>
       </c>
       <c r="D141" t="s">
         <v>282</v>
       </c>
       <c r="E141" t="s">
         <v>283</v>
       </c>
       <c r="F141" t="s">
         <v>280</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="H141" t="s">
         <v>296</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142">
         <v>115</v>
       </c>
       <c r="B142">
         <v>2023</v>
       </c>
       <c r="C142">
         <v>620</v>
       </c>
       <c r="D142" t="s">
         <v>282</v>
       </c>
       <c r="E142" t="s">
         <v>283</v>
       </c>
       <c r="F142" t="s">
         <v>280</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="H142" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143">
         <v>236</v>
       </c>
       <c r="B143">
         <v>2023</v>
       </c>
       <c r="C143">
         <v>628</v>
       </c>
       <c r="D143" t="s">
         <v>282</v>
       </c>
       <c r="E143" t="s">
         <v>283</v>
       </c>
       <c r="F143" t="s">
-        <v>26</v>
+        <v>76</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="H143" t="s">
         <v>291</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144">
         <v>237</v>
       </c>
       <c r="B144">
         <v>2023</v>
       </c>
       <c r="C144">
         <v>631</v>
       </c>
       <c r="D144" t="s">
         <v>282</v>
       </c>
       <c r="E144" t="s">
         <v>283</v>
       </c>
       <c r="F144" t="s">
-        <v>26</v>
+        <v>76</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="H144" t="s">
         <v>291</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145">
         <v>238</v>
       </c>
       <c r="B145">
         <v>2023</v>
       </c>
       <c r="C145">
         <v>632</v>
       </c>
       <c r="D145" t="s">
         <v>282</v>
       </c>
       <c r="E145" t="s">
         <v>283</v>
       </c>
       <c r="F145" t="s">
-        <v>26</v>
+        <v>76</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="H145" t="s">
         <v>291</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146">
         <v>239</v>
       </c>
       <c r="B146">
         <v>2023</v>
       </c>
       <c r="C146">
         <v>633</v>
       </c>
       <c r="D146" t="s">
         <v>282</v>
       </c>
       <c r="E146" t="s">
         <v>283</v>
       </c>
       <c r="F146" t="s">
-        <v>26</v>
+        <v>76</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="H146" t="s">
         <v>291</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147">
         <v>240</v>
       </c>
       <c r="B147">
         <v>2023</v>
       </c>
       <c r="C147">
         <v>634</v>
       </c>
       <c r="D147" t="s">
         <v>282</v>
       </c>
       <c r="E147" t="s">
         <v>283</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="H147" t="s">
         <v>291</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148">
         <v>117</v>
       </c>
       <c r="B148">
         <v>2023</v>
       </c>
       <c r="C148">
         <v>1</v>
       </c>
       <c r="D148" t="s">
         <v>298</v>
       </c>
       <c r="E148" t="s">
         <v>299</v>
       </c>
       <c r="F148" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="G148" s="1" t="s">
         <v>300</v>
       </c>
       <c r="H148" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149">
         <v>118</v>
       </c>
       <c r="B149">
         <v>2023</v>
       </c>
       <c r="C149">
         <v>2</v>
       </c>
       <c r="D149" t="s">
         <v>298</v>
       </c>
       <c r="E149" t="s">
         <v>299</v>
       </c>
       <c r="F149" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="G149" s="1" t="s">
         <v>302</v>
       </c>
       <c r="H149" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150">
         <v>119</v>
       </c>
       <c r="B150">
         <v>2023</v>
       </c>
       <c r="C150">
         <v>3</v>
       </c>
       <c r="D150" t="s">
         <v>298</v>
       </c>
       <c r="E150" t="s">
         <v>299</v>
       </c>
       <c r="F150" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="G150" s="1" t="s">
         <v>303</v>
       </c>
       <c r="H150" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151">
         <v>120</v>
       </c>
       <c r="B151">
         <v>2023</v>
       </c>
       <c r="C151">
         <v>4</v>
       </c>
       <c r="D151" t="s">
         <v>298</v>
       </c>
       <c r="E151" t="s">
         <v>299</v>
       </c>
       <c r="F151" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="G151" s="1" t="s">
         <v>305</v>
       </c>
       <c r="H151" t="s">
         <v>306</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152">
         <v>121</v>
       </c>
       <c r="B152">
         <v>2023</v>
       </c>
       <c r="C152">
         <v>5</v>
       </c>
       <c r="D152" t="s">
         <v>298</v>
       </c>
       <c r="E152" t="s">
         <v>299</v>
       </c>
       <c r="F152" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="G152" s="1" t="s">
         <v>307</v>
       </c>
       <c r="H152" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153">
         <v>122</v>
       </c>
       <c r="B153">
         <v>2023</v>
       </c>
       <c r="C153">
         <v>6</v>
       </c>
       <c r="D153" t="s">
         <v>298</v>
       </c>
       <c r="E153" t="s">
         <v>299</v>
       </c>
       <c r="F153" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="G153" s="1" t="s">
         <v>309</v>
       </c>
       <c r="H153" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154">
         <v>123</v>
       </c>
       <c r="B154">
         <v>2023</v>
       </c>
       <c r="C154">
         <v>7</v>
       </c>
       <c r="D154" t="s">
         <v>298</v>
       </c>
       <c r="E154" t="s">
         <v>299</v>
       </c>
       <c r="F154" t="s">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="G154" s="1" t="s">
         <v>310</v>
       </c>
       <c r="H154" t="s">
         <v>311</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155">
         <v>124</v>
       </c>
       <c r="B155">
         <v>2023</v>
       </c>
       <c r="C155">
         <v>8</v>
       </c>
       <c r="D155" t="s">
         <v>298</v>
       </c>
       <c r="E155" t="s">
         <v>299</v>
       </c>
       <c r="F155" t="s">
-        <v>72</v>
+        <v>27</v>
       </c>
       <c r="G155" s="1" t="s">
         <v>312</v>
       </c>
       <c r="H155" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156">
         <v>125</v>
       </c>
       <c r="B156">
         <v>2023</v>
       </c>
       <c r="C156">
         <v>9</v>
       </c>
       <c r="D156" t="s">
         <v>298</v>
       </c>
       <c r="E156" t="s">
         <v>299</v>
       </c>
       <c r="F156" t="s">
-        <v>72</v>
+        <v>27</v>
       </c>
       <c r="G156" s="1" t="s">
         <v>314</v>
       </c>
       <c r="H156" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157">
         <v>126</v>
       </c>
       <c r="B157">
         <v>2023</v>
       </c>
       <c r="C157">
         <v>10</v>
       </c>
       <c r="D157" t="s">
         <v>298</v>
       </c>
       <c r="E157" t="s">
         <v>299</v>
       </c>
       <c r="F157" t="s">
-        <v>72</v>
+        <v>27</v>
       </c>
       <c r="G157" s="1" t="s">
         <v>315</v>
       </c>
       <c r="H157" t="s">
         <v>316</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158">
         <v>127</v>
       </c>
       <c r="B158">
         <v>2023</v>
       </c>
       <c r="C158">
         <v>11</v>
       </c>
       <c r="D158" t="s">
         <v>298</v>
       </c>
       <c r="E158" t="s">
         <v>299</v>
       </c>
       <c r="F158" t="s">
-        <v>63</v>
+        <v>18</v>
       </c>
       <c r="G158" s="1" t="s">
         <v>317</v>
       </c>
       <c r="H158" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159">
         <v>136</v>
       </c>
       <c r="B159">
         <v>2023</v>
       </c>
       <c r="C159">
         <v>15</v>
       </c>
       <c r="D159" t="s">
         <v>298</v>
       </c>
       <c r="E159" t="s">
         <v>299</v>
       </c>
       <c r="F159" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="G159" s="1" t="s">
         <v>319</v>
       </c>
       <c r="H159" t="s">
         <v>320</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160">
         <v>93</v>
       </c>
       <c r="B160">
         <v>2023</v>
       </c>
       <c r="C160">
         <v>36</v>
       </c>
       <c r="D160" t="s">
         <v>298</v>
       </c>
       <c r="E160" t="s">
         <v>299</v>
       </c>
       <c r="F160" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="G160" s="1" t="s">
         <v>321</v>
       </c>
       <c r="H160" t="s">
         <v>322</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161">
         <v>92</v>
       </c>
       <c r="B161">
         <v>2023</v>
       </c>
       <c r="C161">
         <v>37</v>
       </c>
       <c r="D161" t="s">
         <v>298</v>
       </c>
       <c r="E161" t="s">
         <v>299</v>
       </c>
       <c r="F161" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="G161" s="1" t="s">
         <v>323</v>
       </c>
       <c r="H161" t="s">
         <v>324</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162">
         <v>91</v>
       </c>
       <c r="B162">
         <v>2023</v>
       </c>
       <c r="C162">
         <v>38</v>
       </c>
       <c r="D162" t="s">
         <v>298</v>
       </c>
       <c r="E162" t="s">
         <v>299</v>
       </c>
       <c r="F162" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="G162" s="1" t="s">
         <v>325</v>
       </c>
       <c r="H162" t="s">
         <v>326</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163">
         <v>96</v>
       </c>
       <c r="B163">
         <v>2023</v>
       </c>
       <c r="C163">
         <v>39</v>
       </c>
       <c r="D163" t="s">
         <v>298</v>
       </c>
       <c r="E163" t="s">
         <v>299</v>
       </c>
       <c r="F163" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="G163" s="1" t="s">
         <v>327</v>
       </c>
       <c r="H163" t="s">
         <v>328</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164">
         <v>97</v>
       </c>
       <c r="B164">
         <v>2023</v>
       </c>
       <c r="C164">
         <v>40</v>
       </c>
       <c r="D164" t="s">
         <v>298</v>
       </c>
       <c r="E164" t="s">
         <v>299</v>
       </c>
       <c r="F164" t="s">
-        <v>63</v>
+        <v>18</v>
       </c>
       <c r="G164" s="1" t="s">
         <v>329</v>
       </c>
       <c r="H164" t="s">
         <v>330</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165">
         <v>98</v>
       </c>
       <c r="B165">
         <v>2023</v>
       </c>
       <c r="C165">
         <v>41</v>
       </c>
       <c r="D165" t="s">
         <v>298</v>
       </c>
       <c r="E165" t="s">
         <v>299</v>
       </c>
       <c r="F165" t="s">
@@ -5741,129 +5741,129 @@
       </c>
       <c r="G165" s="1" t="s">
         <v>331</v>
       </c>
       <c r="H165" t="s">
         <v>332</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166">
         <v>101</v>
       </c>
       <c r="B166">
         <v>2023</v>
       </c>
       <c r="C166">
         <v>54</v>
       </c>
       <c r="D166" t="s">
         <v>298</v>
       </c>
       <c r="E166" t="s">
         <v>299</v>
       </c>
       <c r="F166" t="s">
-        <v>63</v>
+        <v>18</v>
       </c>
       <c r="G166" s="1" t="s">
         <v>333</v>
       </c>
       <c r="H166" t="s">
         <v>334</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167">
         <v>102</v>
       </c>
       <c r="B167">
         <v>2023</v>
       </c>
       <c r="C167">
         <v>55</v>
       </c>
       <c r="D167" t="s">
         <v>298</v>
       </c>
       <c r="E167" t="s">
         <v>299</v>
       </c>
       <c r="F167" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="G167" s="1" t="s">
         <v>335</v>
       </c>
       <c r="H167" t="s">
         <v>336</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168">
         <v>116</v>
       </c>
       <c r="B168">
         <v>2023</v>
       </c>
       <c r="C168">
         <v>56</v>
       </c>
       <c r="D168" t="s">
         <v>298</v>
       </c>
       <c r="E168" t="s">
         <v>299</v>
       </c>
       <c r="F168" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="G168" s="1" t="s">
         <v>337</v>
       </c>
       <c r="H168" t="s">
         <v>338</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169">
         <v>243</v>
       </c>
       <c r="B169">
         <v>2023</v>
       </c>
       <c r="C169">
         <v>57</v>
       </c>
       <c r="D169" t="s">
         <v>298</v>
       </c>
       <c r="E169" t="s">
         <v>299</v>
       </c>
       <c r="F169" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="G169" s="1" t="s">
         <v>339</v>
       </c>
       <c r="H169" t="s">
         <v>340</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170">
         <v>262</v>
       </c>
       <c r="B170">
         <v>2023</v>
       </c>
       <c r="C170">
         <v>58</v>
       </c>
       <c r="D170" t="s">
         <v>298</v>
       </c>
       <c r="E170" t="s">
         <v>299</v>
       </c>
       <c r="F170" t="s">
@@ -5871,51 +5871,51 @@
       </c>
       <c r="G170" s="1" t="s">
         <v>341</v>
       </c>
       <c r="H170" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171">
         <v>263</v>
       </c>
       <c r="B171">
         <v>2023</v>
       </c>
       <c r="C171">
         <v>59</v>
       </c>
       <c r="D171" t="s">
         <v>298</v>
       </c>
       <c r="E171" t="s">
         <v>299</v>
       </c>
       <c r="F171" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="G171" s="1" t="s">
         <v>343</v>
       </c>
       <c r="H171" t="s">
         <v>344</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172">
         <v>271</v>
       </c>
       <c r="B172">
         <v>2023</v>
       </c>
       <c r="C172">
         <v>60</v>
       </c>
       <c r="D172" t="s">
         <v>298</v>
       </c>
       <c r="E172" t="s">
         <v>299</v>
       </c>
       <c r="F172" t="s">
@@ -5949,158 +5949,158 @@
       </c>
       <c r="G173" s="1" t="s">
         <v>347</v>
       </c>
       <c r="H173" t="s">
         <v>348</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174">
         <v>273</v>
       </c>
       <c r="B174">
         <v>2023</v>
       </c>
       <c r="C174">
         <v>62</v>
       </c>
       <c r="D174" t="s">
         <v>298</v>
       </c>
       <c r="E174" t="s">
         <v>299</v>
       </c>
       <c r="F174" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="G174" s="1" t="s">
         <v>349</v>
       </c>
       <c r="H174" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175">
         <v>283</v>
       </c>
       <c r="B175">
         <v>2023</v>
       </c>
       <c r="C175">
         <v>63</v>
       </c>
       <c r="D175" t="s">
         <v>298</v>
       </c>
       <c r="E175" t="s">
         <v>299</v>
       </c>
       <c r="F175" t="s">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="G175" s="1" t="s">
         <v>351</v>
       </c>
       <c r="H175" t="s">
         <v>352</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176">
         <v>284</v>
       </c>
       <c r="B176">
         <v>2023</v>
       </c>
       <c r="C176">
         <v>64</v>
       </c>
       <c r="D176" t="s">
         <v>298</v>
       </c>
       <c r="E176" t="s">
         <v>299</v>
       </c>
       <c r="F176" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="G176" s="1" t="s">
         <v>353</v>
       </c>
       <c r="H176" t="s">
         <v>354</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177">
         <v>289</v>
       </c>
       <c r="B177">
         <v>2023</v>
       </c>
       <c r="C177">
         <v>65</v>
       </c>
       <c r="D177" t="s">
         <v>298</v>
       </c>
       <c r="E177" t="s">
         <v>299</v>
       </c>
       <c r="F177" t="s">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="H177" t="s">
         <v>355</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178">
         <v>293</v>
       </c>
       <c r="B178">
         <v>2023</v>
       </c>
       <c r="C178">
         <v>66</v>
       </c>
       <c r="D178" t="s">
         <v>298</v>
       </c>
       <c r="E178" t="s">
         <v>299</v>
       </c>
       <c r="F178" t="s">
         <v>356</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="H178" t="s">
         <v>357</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>