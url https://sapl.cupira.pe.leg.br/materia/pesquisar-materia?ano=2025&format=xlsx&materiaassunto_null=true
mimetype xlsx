--- v0 (2025-10-14)
+++ v1 (2026-01-22)
@@ -10,325 +10,443 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1058" uniqueCount="397">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1268" uniqueCount="470">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias/Autor/Nome do Autor</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>ATA</t>
   </si>
   <si>
     <t>ATA DA REUNIÃO</t>
   </si>
   <si>
     <t>MESA DIRETORA - MD</t>
   </si>
   <si>
     <t>https://sapl.cupira.pe.leg.br/media/</t>
   </si>
   <si>
     <t>ATA DA 2° REUNIÃO ORDINÁRIA DO 1° PERIODO DE 2025 DA 1° SESSÃO LEGISLATIVA DA 17° LEGISLATURA</t>
-  </si>
-[...166 lines deleted...]
-    <t>Dispõe do percentual de consignação para empréstimos aos servidores públicos desta Câmara aos vereadores.</t>
   </si>
   <si>
     <t>MODIF</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA</t>
   </si>
   <si>
     <t>A Câmara Municipal de Cupira-PE, no uso de suas atribuições legais, propõe a seguinte EMENDA MODIFICATIVA ao Projeto de Lei n° 01 de autoria do poder legislativo, alterando o redação do Artigo 4° e da outras providências.</t>
   </si>
   <si>
     <t>EDVAN_x000D_
 ELISSANDRA ENFERMEIRA_x000D_
 FOSP - COMISSÃO DE FINANÇAS, ORÇAMENTO, FISCALIZAÇÃO, OBRAS, SERVIÇOS PÚBLICOS, CIDADANIA E MEIO AMBIENTE</t>
   </si>
   <si>
     <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/587/emenda_modificativa_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre modificação de dispositivos ao Projeto de Lei nº 007/2025, que “Estabelece as Diretrizes para a Elaboração da Lei Orçamentária_x000D_
 para o Exercício de 2026 e dá outras providências.”</t>
   </si>
   <si>
     <t>AILTON DA BOA VISTA_x000D_
 DAVID AMORIM_x000D_
 EDVAN_x000D_
 ELAINE GRIGORIO_x000D_
 ELISSANDRA ENFERMEIRA_x000D_
 EVINHO PROFESSOR_x000D_
 MELSON DE TICA_x000D_
 NALDO DE BIGODE_x000D_
 TAINE EDUARDA</t>
   </si>
   <si>
     <t>Altera a ementa e o art. 1º do Projeto de Lei nº 10/2025, para incluir, além do Banco do Brasil S.A., a Caixa Econômica Federal como instituição autorizada à contratação de operação de crédito.</t>
   </si>
   <si>
     <t>RICACIO  ENFERMEIRO</t>
   </si>
   <si>
     <t>Dispõe sobre a substituição do valor autorizado para operação de crédito junto ao Banco do Brasil S.A., contido no artigo 1º do Projeto de Lei nº 010/2025 28 de maio de 2025.</t>
   </si>
   <si>
+    <t>FOSP - COMISSÃO DE FINANÇAS, ORÇAMENTO, FISCALIZAÇÃO, OBRAS, SERVIÇOS PÚBLICOS, CIDADANIA E MEIO AMBIENTE</t>
+  </si>
+  <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/677/emenda_modificativa.pdf</t>
+  </si>
+  <si>
+    <t>Altera a redação do inciso I do artigo 7º do Projeto de Lei Orçamentária Anual, para ajustar o limite de créditos adicionais suplementares autorizados ao_x000D_
+Poder Executivo.</t>
+  </si>
+  <si>
+    <t>EM</t>
+  </si>
+  <si>
+    <t>EMENDA IMPOSITIVA</t>
+  </si>
+  <si>
+    <t>AILTON DA BOA VISTA_x000D_
+DAVID AMORIM_x000D_
+EDVAN_x000D_
+ELAINE GRIGORIO_x000D_
+ELISSANDRA ENFERMEIRA_x000D_
+EVINHO PROFESSOR_x000D_
+MELSON DE TICA_x000D_
+NETO CARNEIRO_x000D_
+RICACIO  ENFERMEIRO_x000D_
+TAINE EDUARDA_x000D_
+VINICIUS LESSA</t>
+  </si>
+  <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/678/confira_aqui_o_resumo_das_emendas.pdf</t>
+  </si>
+  <si>
+    <t>Emendas impositivas do vereadores de Cupira-PE ao orçamento de 2026.</t>
+  </si>
+  <si>
     <t>EMA</t>
   </si>
   <si>
     <t>EMENDA ADITIVA</t>
   </si>
   <si>
     <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/588/emenda_aditiva_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre adição de dispositivos ao Projeto de Lei nº 007/2025, que “Estabelece as Diretrizes para a Elaboração da Lei Orçamentária para o Exercício_x000D_
 de 2026 e dá outras providências.</t>
   </si>
   <si>
+    <t>NETO CARNEIRO</t>
+  </si>
+  <si>
     <t>Acresce o Art. 1°- A ao Projeto de Lei n° 010, de 28 de maio de 2025, que “Autoriza o Poder Executivo a contratar operação de crédito com o BANCO DO BRASIL S.A., com ou sem Garantia da União, e dá outras providências”.</t>
   </si>
   <si>
+    <t>PLC</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI COMPLEMENTAR</t>
+  </si>
+  <si>
+    <t>PREFEITURA MUNICIPAL DE CUPIRA - PMC</t>
+  </si>
+  <si>
+    <t>Que visa instituir a Política de Avaliação Especial de Desempenho do Servidor Público Civil na Admiração Pública do Poder Executivo Municipal e dá outras providência</t>
+  </si>
+  <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI</t>
+  </si>
+  <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/434/pl_001_-_cupira.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a modificação da estrutura administrativa do Município, instituindo a Secretaria de Segurança Cidadã, Trânsito e Defesa Civil e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/435/pl_002_-_cupira.pdf</t>
+  </si>
+  <si>
+    <t>Reajusta a remuneração mínima dos servidores do município de Cupira e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/463/pl_03_-_cupira.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o piso salarial dos professores efetivos da rede municipal de ensino e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/464/pl_04_-_cupira.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação de cargo de provimento em comissão de assessor especial do Gabinete da Prefeitura e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/512/pl_05.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o reajuste do subsídio dos conselheiros tutelares do município de Cupira/PE e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/515/pl_06.pdf</t>
+  </si>
+  <si>
+    <t>Regulamenta o benefício eventual de doação de gênero alimentício, especificamente peixe, durante o período da Semana Santa no âmbito do município de Cupira/PE.</t>
+  </si>
+  <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/583/pl_07_-_cupira.pdf</t>
+  </si>
+  <si>
+    <t>Estabelece as Diretrizes Orçamentárias para o exercício de 2026 e dá outras providências;</t>
+  </si>
+  <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/576/pl_08_-_cupira.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Municipal nº 195 de 09 de setembro de 2022 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/577/pl_09_-_cupira.pdf</t>
+  </si>
+  <si>
+    <t>Altera a redação de artigos contemplados na Lei Municipal nº 105, de 05 de abril de 2017; na Lei Municipal nº 198, de 19 de setembro de 2022 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/578/pl_10_-_cupira.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a contratar operação de crédito com o Banco do Brasil S.A e Caixa Econômica Federal. com ou sem Garantia da União, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/586/projeto_de_lei_n_011.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação do Estatuto da Guarda Civil Municipal e da outras providências.</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a apreensão e destinação de animais de médio e grande porte no Município de Cupira e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o repasse de incentivo financeiro por desempenho no âmbito da Atenção Primária à Saúde, e dá outras providências;</t>
+  </si>
+  <si>
+    <t>Dispõe sobre autorização ao Poder Executivo Municipal a Conceder Direito Real de Uso de Imóvel Público à Câmara de Vereadores de Cupira/PE.</t>
+  </si>
+  <si>
+    <t>Institui o Programa de Apoio FCC – Rodada de Negócios, autoriza o Poder Executivo a abrir crédito adicional especial, celebrar convênios e/ou contratos visando ao repasse de recursos à Associação de Desenvolvimento Comunitário do Município de Cupira e dá outras providências correlatas.</t>
+  </si>
+  <si>
+    <t>Altera o valor da hora aula dos professores contratados por excepcional interesse público no município de Cupira/PE.</t>
+  </si>
+  <si>
+    <t>Estima a Receita e fixa a Despesa do Município de Cupira para o exercício financeiro de 2026.</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o Plano Plurianual do Município de Cupira/PE para o período de 2026 a 2029 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Institui o Programa “Pé na Escola” no município de Cupira.</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação do Conselho Municipal de Direitos do Idoso, do Fundo Municipal de Direitos do Idoso e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o Conselho Municipal dos Direitos da Criança e do Adolescente – CMDCA e institui o Fundo Municipal dos Direitos da Criança e do Adolescente, nos termos previstos no Estatuto da Criança e do Adolescente (Lei Federal nº 8.069/1990) e na Constituição Federal de 1988.</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação do Conselho municipal dos direitos da pessoa com deficiência e institui a conferência municipal dos direitos da pessoa com deficiência –</t>
+  </si>
+  <si>
+    <t>Que institui a Corregedoria-Geral e a Ouvidoria da Guarda Civil Municipal de Cupira e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Altera a Lei Municipal nº 192, de 1 de julho de 2022, para incluir os parâmetros de público- alvo, distâncias, fiscalização e canal de comunicação do serviço de transporte escolar, nos termos das exigências da Resolução TC nº 156/2021.</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a autorização para a concessão de abono aos profissionais da Educação, professores e administrativo, em efetivo serviço para fins de cumprimento de aplicação mínima de 70% dos recursos do FUNDEB na sua remuneração, conforme previsto no art. 26 da Lei Federal nº 14.113/2020 e no art. 212-A, inciso XI da Constituição Federal referente ao exercício financeiro de 2025.</t>
+  </si>
+  <si>
+    <t>Que autoriza o Poder Executivo Municipal a realizar o repasse do Incentivo Financeiro Adicional (IFA) aos Agentes Comunitários de Saúde (ACS) e aos Agentes de Combate às Endemias (ACE) do Município de Cupira/PE, nos termos da legislação federal, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>PLL</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI LEGISLATIVO</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a alteração do valor do símbolo CC-9 em razão do valor do novo salário mínimo e dá outras providências.</t>
+  </si>
+  <si>
+    <t>ELISSANDRA ENFERMEIRA</t>
+  </si>
+  <si>
+    <t>Institui a Semana Municipal de Conscientização sobre o Autismo no âmbito do Município de Cupira e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Dispõe sobre criar o programa curativo para atendimento e acompanhamento domiciliar aos pacientes que necessitam de curativos e dá outras providências.</t>
+  </si>
+  <si>
+    <t>DAVID AMORIM</t>
+  </si>
+  <si>
+    <t>Institui a Semana Municipal dos Agentes Comunitários de Saúde e de Combate a Endemias no âmbito do Município de Cupira e dá outras providências</t>
+  </si>
+  <si>
+    <t>Institui a Política Municipal de Busca Ativa Escolar voltada à identificação, registro, acompanhamento e reinserção de crianças e adolescentes de 4 a 15 anos fora da escola ou em risco de exclusão, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a priorização de atendimento e garantia de direitos às mães atípicas e cuidadores de crianças com deficiência, TEA (Transtorno do Espectro Autista), doenças raras, condições neurológicas ou necessidade especial contínua, no município de Cupira/PE e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a inserção da temática de combate à violência contra a mulher no currículo da Educação Básica das unidades de ensino da rede pública e privada do município de Cupira, e dá outras providências</t>
+  </si>
+  <si>
+    <t>NETO CARNEIRO_x000D_
+RICACIO  ENFERMEIRO</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação do dia Municipal de Esporte Inclusivo para Crianças com Deficiência e em Condição de Vulnerabilidade Social, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão de auxílio-alimentação e auxílio-saúde aos servidores efetivos, comissionados e vereadores que integram o Parlamento Municipal de Cupira e dá outras providências.</t>
+  </si>
+  <si>
+    <t>PR</t>
+  </si>
+  <si>
+    <t>PROJETO DE RESOLUÇÃO</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a atualização dos valores das diárias concedidas aos vereadores(as) e Servidores(as) da Câmara Municipal de Cupira e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação da Escola do Legislativo no âmbito da Câmara Municipal de Cupira-PE e dá outras providências.</t>
+  </si>
+  <si>
+    <t>De iniciativa da Mesa Diretora que tem por objetivo alterar o art. 296, inciso VI, do Regimento Interno.</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a reforma do Regimento Interno da Câmara Municipal de Cupira e dá outras providências.</t>
+  </si>
+  <si>
+    <t>PDL</t>
+  </si>
+  <si>
+    <t>PROJETO DE DECRETO LEGISLATIVO</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o julgamento das contas do Executivo Municipal referente ao exercício de 2020, com base no parecer prévio do Tribunal de Contas do Estado de Pernambuco.</t>
+  </si>
+  <si>
+    <t>Dispõe do percentual de consignação para empréstimos aos servidores públicos desta Câmara aos vereadores.</t>
+  </si>
+  <si>
+    <t>IND</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO</t>
+  </si>
+  <si>
+    <t>MELSON DE TICA</t>
+  </si>
+  <si>
+    <t>Institui o Programa de Saúde Bucal nas Escolas da Rede Pública Municipal de Ensino e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a flexibilização da jornada do estudante que é servidor público no âmbito do município de Cupira, o qual concede um horário especial ao servidor estudante quando comprovada a compatibilidade entre o horário de estudo e o da repartição. - ANTÔNIO BISPO DE MELO NETO - CARNEIRO NETO.</t>
+  </si>
+  <si>
+    <t>Dispõe sobre Criação do Programa Wi-Fi Comunitário onde disponibiliza o acesso a rede mundial de computadores de forma gratuita em locais públicos de lazer, turístico e repartições administrativas. DAVID MARQUES DE AMORIM.</t>
+  </si>
+  <si>
+    <t>Dispõe sobre Criação da Patrulha Maria da Penha no município onde visa resguardar a segurança de mulheres que foram ou estão sendo vítimas de violência doméstica. - EMERSON FERREIRA CALADO - MELSON DE TICA.</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo que seja providenciada a elaboração de uma Lei Municipal que regulamente a circulação, permanência, manejo e responsabilidade sobre animais de grande porte (como bovinos, equinos, muares e similares) no âmbito do nosso município e, EM CARÁTER DE URGÊNCIA, providências para identificação e controle de animais de grande porte soltos nas vias públicas de Cupira.</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a recepção, no âmbito do Município de Cupira/PE, da Declaração de Direitos de Liberdade Econômica prevista na Lei Federal nº 13.874, de 20 de setembro de 2019, regulamenta procedimentos para atos públicos de liberação de atividades econômicas, estabelece diretrizes para a classificação de risco e institui o Programa “Cupira Livre para Crescer”, e dá outras providências;</t>
+  </si>
+  <si>
+    <t>DAVID AMORIM_x000D_
+RICACIO  ENFERMEIRO</t>
+  </si>
+  <si>
+    <t>Institui o Dia Municipal do Ciclista a ser comemorado sempre no último domingo do mês de outubro e dá outras providências.</t>
+  </si>
+  <si>
+    <t>EDVAN</t>
+  </si>
+  <si>
+    <t>Dispõe da criação do Conselho Municipal de Defesa dos Direitos da Pessoa com Deficiência – CMDPD.</t>
+  </si>
+  <si>
+    <t>Institui o vale ração animal – VRA – no âmbito do Município de Cupira e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o repasse aos agentes de saúde (ACS) e de endemias (ACE) o incentivo anual do IFA (Incentivo Financeiro Adicional), previsto no Decreto Federal nº 8.474 de 22 de junho de 2015 e na Lei Federal nº 12.994, alterada pela Lei nº 13.708/2018 e pela Portaria GM/MS Nº 3.317, de 7 de dezembro de 2020.</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a necessidade de assegurar aos servidores públicos municipais condições de trabalho mais justas e humanas, especialmente àqueles que sejam portadores de deficiência ou que possuam cônjuge, filho ou dependente nessa condição.</t>
+  </si>
+  <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
-    <t>MELSON DE TICA</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/437/requertmento_01.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo para que seja providenciada a cedência do espaço físico do canteiro perto da Praça das Crianças, em frente ao antigo cinema, para a construção de uma lanchonete.</t>
   </si>
   <si>
     <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/438/requertmento_02.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo para que seja providenciada a ampliação do cemitério e a construção de um velório na vila de Laje de São José.</t>
   </si>
   <si>
     <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/439/requertmento_03.pdf</t>
   </si>
   <si>
     <t>solicita ao Poder Executivo para que seja providenciada a requalificação da praça pública da vila de Gravatá-Açú com implantação de equipamentos para a realização de atividades físicas.</t>
   </si>
   <si>
     <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/440/requertmento_04.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo para que seja providenciado o saneamento e o calçamento da parte alta da vila de Gravatá-Açú.</t>
   </si>
   <si>
     <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/441/requertmento_05.pdf</t>
@@ -403,53 +521,50 @@
     <t>Solicita ao Poder Executivo para que sejam enviadas informações sobre o planejamento para a abertura do Bloco Cirúrgico no município de Cupira.</t>
   </si>
   <si>
     <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/452/requerimento_16.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo para que sejam adotadas medidas urgentes para a interdição da área de retorno em frente ao COMVIDA, retorno para COHAB, bem como a colocação de placas indicativas de área escolar para reforçar a segurança no trânsito da localidade. Além disso, considerando o intenso fluxo de pedestres e veículos na região, solicito a implantação de uma passarela para pedestres, proporcionando uma travessia segura e reduzindo os riscos de acidentes, especialmente para os estudantes, profissionais da instituição e a comunidade em geral.</t>
   </si>
   <si>
     <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/453/requerimento_17.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo para que seja providenciada a reabertura do bloco cirúrgico no HMJVS (Hospital Municipal José Verissimo de Souza).</t>
   </si>
   <si>
     <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/454/requerimento_18.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo para que seja providenciada a implantação de um PSF (Programa Saúde da Família) na vila Imbiruçú.</t>
   </si>
   <si>
     <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/455/requerimento_19.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo para que seja providenciada a pavimentação em paralelepípedo da via que liga a cidade de Cupira à vila de Tabuleiro.</t>
-  </si>
-[...1 lines deleted...]
-    <t>EDVAN</t>
   </si>
   <si>
     <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/456/requerimento_20.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo para que seja providenciada a iluminação da ladeira (via calçada) que dá acesso à vila de Imbiruçú.</t>
   </si>
   <si>
     <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/457/requerimento_21.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo para que sejam providenciados reparos no telhado do açougue e do mercado de farinha do Centro da cidade.</t>
   </si>
   <si>
     <t>ELAINE GRIGORIO</t>
   </si>
   <si>
     <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/458/requerimento_22.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo para que seja providenciada a construção de uma quadra poliesportiva na comunidade de Chã das Panelas.</t>
   </si>
   <si>
     <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/459/requerimento_23.pdf</t>
   </si>
@@ -1112,154 +1227,280 @@
   <si>
     <t>Solicita ao Poder Executivo para que sejam instaladas câmeras de segurança nas avenidas e ruas de nossa cidade.</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo para que seja feita uma nova convenção dos guardas municipais com o intuito de aumentar o efeito de atuação dos mesmos no município, bem como a criação de uma central de controle de câmaras de segurança.</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo de visita técnica e de estudo de viabilidade por parte da Defesa Civil e da Secretaria de Infraestrutura referente à construção de uma passagem molhada no sítio Lama.</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo para que seja providenciada a contratação de novos profissionais nas áreas de Psicologia, Fonoaudiologia e Terapia Ocupacional, com o objetivo de atender à crescente demanda da população de Cupira.</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo para que sejam adotadas medidas de priorização no atendimento às mães atípicas no município de Cupira/PE.</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo para que seja providenciada a revitalização dos canteiros centrais e a complementação da iluminação com postes das avenidas Presidente Vargas (São João - até o final da mesma, próximo à ponte); da avenida Reverendo Júlio leitão de Melo (Centro – próximo ao hospital); da avenida Etelvino Lins (Centro); da avenida Alfredo Gregório de Barros (Bairro Glória) e da avenida Miguel Pereira Neto (Centro – apenas os canteiros central e laterais).</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo para que seja construída a Praça da Bíblia em Cupira/PE.</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo para que seja providenciada a reforma ou a requalificação da praça situada ao lado da prefeitura municipal.</t>
   </si>
   <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/620/requerimento_141.pdf</t>
+  </si>
+  <si>
     <t>Solicita ao Poder Executivo para que seja realizada a revitalização da Praça localizada na Rua Gonçalves Dias, em nosso Município.</t>
   </si>
   <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/626/requerimento_142.pdf</t>
+  </si>
+  <si>
     <t>Solicita ao Poder Executivo para que seja encaminhado a essa Casa Legislativa um projeto de doação de um terreno para a construção da Capela de Santa Terezinha que contempla as comunidades católicas dos bairros São João e Beira Rio e parte do centro que fazem parte da Comunidade Católica de Santa Terezinha.</t>
   </si>
   <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/627/requerimento_n_143.pdf</t>
+  </si>
+  <si>
     <t>Solicita ao Poder Executivo para que seja ampliada a demanda dos exames de laboratório, pois a necessidade da população abrange exames mais específicos.</t>
   </si>
   <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/629/requerimento_n_144.pdf</t>
+  </si>
+  <si>
     <t>Solicita ao Poder Executivo para que sejam providenciadas a recuperação de toda a pintura das paredes e do corrimão e a troca das lâmpadas por lâmpadas de LED das pontes da Boa Vista e do Riacho do Mamão.</t>
   </si>
   <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/630/requerimento_n_145.pdf</t>
+  </si>
+  <si>
     <t>Solicita ao Poder Executivo para que seja providenciada toda a pavimentação em paralelepípedo do final da avenida Juscelino Kubitscheck, que também dá acesso ao loteamento Juarez Lopes, e que essa pavimentação seja concluída até o acesso da BR 104, próximo ao antigo posto Puma.</t>
   </si>
   <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/631/requerimento_n_146.pdf</t>
+  </si>
+  <si>
     <t>Solicita ao Poder Executivo para que seja analisada e tomada providência quanto à situação da castração de cães e gatos que se encontram soltos nas ruas do município.</t>
   </si>
   <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/632/requerimento_n_147.pdf</t>
+  </si>
+  <si>
     <t>Solicita ao Poder Executivo para que seja providenciado o cadastramento para os carroceiros da cidade de Cupira.</t>
   </si>
   <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/636/requerimento_n_148.pdf</t>
+  </si>
+  <si>
     <t>Solicita ao Poder Executivo para que seja organizado o trânsito aos domingos nas avenidas Moacir Soares e Juscelino Kubistchek, nas proximidades da feira livre do bairro Novo Horizonte.</t>
   </si>
   <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/637/requerimento_n_149.pdf</t>
+  </si>
+  <si>
     <t>Solicita ao Poder Executivo para que seja providenciada a pavimentação em calçamento na Estrada Boa Vista, conhecida com rua das bananeiras, nas margens do rio Panelas.</t>
   </si>
   <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/638/requerimento_n_150.pdf</t>
+  </si>
+  <si>
     <t>Solicita ao Poder Executivo para que seja providenciado o complemento da pavimentação em calçamento na parte interna do cemitério São João Batista.</t>
   </si>
   <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/639/requerimento_151.pdf</t>
+  </si>
+  <si>
     <t>Solicita ao Poder Executivo para que seja providenciado o fornecimento de medicações básicas diretamente às residências da população de Cupira, garantindo assim maior acesso, comodidade e continuidade no tratamento das pessoas que necessitam.</t>
   </si>
   <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/643/requerimento_152.pdf</t>
+  </si>
+  <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/644/requerimento_153.pdf</t>
+  </si>
+  <si>
     <t>Solicita ao Poder Executivo para que seja providenciada a pavimentação em paralelepípedo da via que liga a cidade de Cupira à vila do sítio Serrote Liso.</t>
   </si>
   <si>
-    <t>Solicita ao Poder Executivo para que seja providenciada a compra do motor bomba para vila de Gravatá-Açu, em caráter de urgência.</t>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/645/requerimento_154.pdf</t>
+  </si>
+  <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/647/requerimento_155.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo para que seja providenciada a implantação do saneamento básico do esgoto do bairro Liberdade.</t>
   </si>
   <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/648/requerimento_156.pdf</t>
+  </si>
+  <si>
     <t>Solicita ao Poder Executivo para que seja providenciada a construção de uma pista de corrida/caminhada na Av. Miguel Pereira Neto e Av. Etelvino Lins.</t>
   </si>
   <si>
-    <t>IND</t>
-[...30 lines deleted...]
-    <t>Dispõe da criação do Conselho Municipal de Defesa dos Direitos da Pessoa com Deficiência – CMDPD.</t>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/651/requerimento_157.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo para que seja providenciado o pagamento do 13º salário aos funcionários da Saúde, efetivos e contratados.</t>
+  </si>
+  <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/654/requerimento_158.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo para que seja providenciado o aumento de salário para os profissionais de apoio de toda rede pública municipal de ensino no município de Cupira/PE.</t>
+  </si>
+  <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/655/requerimento_159.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo para que seja feito estudo técnico para implantação de redutores de velocidade ou lombadas eletrônicas na rodovia BR 104 no trecho que dá acesso aos trevos e entradas da cidade de Cupira/PE.</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo para que seja providenciada a pavimentação em calçamento da travessa Presidente Vargas, ao lado do cemitério São João Batista.</t>
+  </si>
+  <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/657/requerimento_161.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo para que seja providenciada a construção de rampas de acessibilidade com sinalização nos setores de comércio do município.</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo para sejam retirados os entulhos acumulados na Rua Antenor Lins de Melo, localizada no Bairro Liberdade, bem como a instalação de uma caixa de esgoto e a colocação de tubulação apropriada para o escoamento das águas pluviais naquela localidade.</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo para que seja providenciada a limpeza do esgoto no final da Rua do Parque com a rua São Domingos.</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo para que seja providenciada a retirada de objetos comerciais e de propaganda que ficam dispostos nas calçadas de alguns estabelecimentos comerciais e demais vias públicas e que acabam dificultando a visualização no tráfego de veículos</t>
+  </si>
+  <si>
+    <t>VINICIUS LESSA</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo para que seja providenciada a elaboração e implantação de um Distrito Municipal de Confecção de Cupira voltado aos produtores de confecção, com o objetivo de fortalecer a economia local e inserir o município na rota do desenvolvimento têxtil do Brasil.</t>
+  </si>
+  <si>
+    <t>Solicitam ao Poder Executivo para que seja alterado o horário da coleta de lixo do período diurno para o período noturno, bem como a adoção de medidas para garantir o fornecimento de Equipamentos de Proteção Individual (EPIs) aos profissionais que realizam este serviço essencial.</t>
+  </si>
+  <si>
+    <t>NETO CARNEIRO_x000D_
+VINICIUS LESSA</t>
+  </si>
+  <si>
+    <t>Solicitam ao Poder Executivo para seja disponibilizado à equipe de corrida de rua, Cupira Running, por dois dias na semana, um educador físico, um fisioterapeuta e o apoio da Guarda Municipal para acompanhar e dar suporte aos treinos.</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo para que sejam disponibilizados quites de higiene pessoal contendo, por exemplo: creme dental, escova de dentes e desodorante, juntamente com uma palestra promovida por um profissional da saúde a fim de conscientizar os alunos sobre a importância da higiene pessoal, promovendo educação em saúde para os alunos da Escola Municipal de Tempo Integral Edson Ferreira Calado no Município de Cupira/PE.</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo para que seja providenciada a reforma da parte frontal da Unidade Básica de Saúde (UBS) da Caixa d’Água, com a finalidade de transformar o espaço em uma área sensorial adequada às necessidades de crianças com Transtorno do Espectro Autista (TEA), incluindo: Ambiente de hiperfoco, com recursos visuais, táteis e luminosos controlados; Área para exercícios físicos e atividades de regulação motora; Adequações estruturais que garantam segurança, acessibilidade, conforto e acolhimento às crianças e às famílias.</t>
+  </si>
+  <si>
+    <t>solicita ao Poder Executivo um PEDIDO DE INFORMAÇÃO para que seja verificada, com urgência, a situação do saneamento e do calçamento da Rua dos Manguezais e também para que sejam adotadas providências concretas para a execução do calçamento da referida via, uma vez que, embora cadastrada como beneficiária de verba estadual, não há perspectiva de início ou conclusão da obra. Seguem os questionamentos:_x000D_
+_x000D_
+1 – Cronograma físico-financeiro da obra;_x000D_
+2 – Situação atual do serviço a ser realizado;_x000D_
+3 – Valor total disponibilizado;_x000D_
+4 – Responsável pela execução da obra – responsável técnico;_x000D_
+5 – Previsão de início da obra.</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo para que seja providenciada a pavimentação em calçamento no entorno da quadra e da antiga sede da escola José Soares.</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo para que seja providenciada a aquisição de motocicletas, modelo Cinquentinha, para uso dos Agentes Comunitários de Saúde (ACS) e Agentes de Combate às Endemias (ACE) da Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo para que seja providenciada reforma e pintura da praça por traz da Secretaria de Saúde.</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo para que seja construída uma praça na vila de Laje de São José.</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo para seja construída uma nova caixa d'água no sítio Imbiruçú com capacidade média de 25.000 litros para poder atender às necessidades dos moradores da localidade e, se possível, em um terreno público, já que existe atualmente, está  localizada em um terreno  particular, o que traz alguns constrangimentos aos moradores daquela localidade.</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo para que seja providenciada uma reforma na quadra poliesportiva na vila Laje de São José.</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo para que seja providenciado um mutirão nos bairros para efetuar limpeza das vias e calçamentos, ajustes e reparos na iluminação pública e a pintura das guias e áreas sinalizadas de cada bairro.</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo para que seja providenciado o reparo do calçamento da entrada do Hospital Municipal José Veríssimo de Souza até a entrada da COMPESA.</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo para que seja providenciado o calçamento da rua Francisco Vieira, localizada por trás da capela de Nossa Senhora do Rosário, no bairro da Caixa d’Água, conforme abaixo-assinado da comunidade.</t>
+  </si>
+  <si>
+    <t>solicita ao Poder Executivo para que sejam adotadas medidas visando à fiscalização e ao controle do volume sonoro emitido por carros de som, publicidade volante e veículos similares no âmbito do Município, especialmente no sentido de:_x000D_
+I – fiscalizar rigorosamente o volume de emissão sonora dos carros de som, publicidade volante e similares, assegurando o cumprimento dos limites de ruído estabelecidos por normas federais e técnicas reconhecidas, coibindo a poluição sonora;_x000D_
+II – proibir a permanência ou acionamento de carros de som nas proximidades de órgãos públicos, escolas e creches, hospitais e unidades de saúde, bem como igrejas e templos religiosos, de modo a evitar a perturbação de atividades essenciais e assegurar o sossego público;_x000D_
+III – reforçar as ações de fiscalização e aplicar as penalidades cabíveis aos infratores que ultrapassem os limites legais de decibéis ou atuem em locais proibidos.</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo para que seja realizado estudo técnico visando à implementação de medidas adequadas para redução da velocidade dos veículos na Rua Desembargador Felismino Guedes, especificamente na altura do nº 07 (Igreja Evangélica Congregacional Conservadora).</t>
+  </si>
+  <si>
+    <t>Solicita aos parlamentares para que o início dos trabalhos da 2ª Sessão Legislativa da 17ª Legislatura, definida regimentalmente para o dia 02 de fevereiro de 2026, ocorra no Auditório Carmuniza Alves do Nascimento, anexo da Escola Municipal Pedro Alves de Souza, em razão da reforma da sede do Poder Legislativo Municipal.</t>
+  </si>
+  <si>
+    <t>solicita ao poder Executivo para que sejam adotadas providências urgentes para a retirada e manejo adequado dos animais de rua abandonados, especialmente cães, que têm atacado pessoas, colocando em risco a segurança e a saúde da população.</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS</t>
   </si>
   <si>
     <t>Nos termos do regimento interno, requeremos, ouvido o plenário, que seja encaminhada moção de aplausos ao ex-prefeito José João Inácio.</t>
   </si>
   <si>
     <t>Requer, ouvido o plenário, que seja encaminhada moção de aplausos ao deputado estadual João de Nadege.</t>
   </si>
   <si>
     <t>Que seja encaminhada moção de aplausos ao senhor Luiz Elias de Espíndola, popularmente conhecido como Lulinha da Sanfona.</t>
   </si>
   <si>
+    <t>Nos termos do regimento interno, requeremos, ouvido o plenário, que seja encaminhada moção de aplausos a equipe de corrida Cupira Running.</t>
+  </si>
+  <si>
     <t>OF</t>
   </si>
   <si>
     <t>OFÍCIOS</t>
   </si>
   <si>
     <t>Tribunal de Contas Estadual - TCE</t>
   </si>
   <si>
     <t>OFÍCIO Nº 1506/2025/TCE-PE-SPJ – Processo 23100595-7 – Prestação de Contas do Poder Executivo referente ao exercício de 2022;</t>
+  </si>
+  <si>
+    <t>OFÍCIO Nº 1801/2025/TCE-PE-SPJ – Processo nº 24100576-0 – Dispõe sobre prestação de contas de governo da prefeitura municipal de Cupira, exercício 2023</t>
   </si>
   <si>
     <t>ED</t>
   </si>
   <si>
     <t>EDITAL</t>
   </si>
   <si>
     <t>Apresenta o julgamento das contas do Executivo Municipal referente ao exercício de 2020, com base no parecer prévio do Tribunal de Contas do Estado de Pernambuco.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
@@ -1572,68 +1813,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/434/pl_001_-_cupira.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/435/pl_002_-_cupira.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/463/pl_03_-_cupira.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/464/pl_04_-_cupira.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/512/pl_05.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/515/pl_06.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/583/pl_07_-_cupira.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/576/pl_08_-_cupira.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/577/pl_09_-_cupira.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/578/pl_10_-_cupira.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/586/projeto_de_lei_n_011.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/587/emenda_modificativa_1.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/588/emenda_aditiva_1.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/437/requertmento_01.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/438/requertmento_02.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/439/requertmento_03.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/440/requertmento_04.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/441/requertmento_05.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/442/requertmento_06.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/443/requertmento_07.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/444/requerimento_08.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/445/requerimento_09.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/446/requerimento_010.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/447/requerimento_11.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/448/requerimento_12.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/449/requerimento_13.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/450/requerimento_14.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/451/requerimento_15.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/452/requerimento_16.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/453/requerimento_17.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/454/requerimento_18.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/455/requerimento_19.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/456/requerimento_20.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/457/requerimento_21.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/458/requerimento_22.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/459/requerimento_23.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/460/requerimento_24.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/461/requerimento_25.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/462/requerimento_26.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/465/requerimento_27.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/467/requerimento_29.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/469/requerimento_31.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/470/requerimento_32.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/471/requerimento_33.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/472/requerimento_34.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/473/requerimento_35.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/474/requerimento_36.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/475/requerimento_37.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/476/requerimento_38.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/480/requerimento_39.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/481/requerimento_40.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/482/requerimento_41.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/483/requerimento_42.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/484/requerimento_43.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/485/requerimento_44.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/486/requerimento_45.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/487/requerimento_46_-.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/488/requerimento_47.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/489/requerimento_48.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/490/requerimento_49.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/491/requerimento_50.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/492/requerimento_51.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/493/requerimento_52.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/494/requerimento_53.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/495/requerimento_54.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/496/requerimento_55.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/497/requerimento_56.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/498/requerimento_57.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/499/requerimento_58.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/500/requerimento_59.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/501/requerimento_60.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/502/requerimento_61.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/503/requerimento_62.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/504/requerimento_63.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/505/requerimento_64.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/506/requerimento_65.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/507/requerimento_66.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/508/requerimento_67.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/509/requerimento_68.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/510/requerimento_69.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/511/requerimento_70.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/513/requerimento_71.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/514/requerimento_72.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/516/requerimento_73.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/517/requerimento_74.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/518/requerimento_75.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/519/requerimento_76.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/520/requerimento_77.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/521/requerimento_78.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/522/requerimento_79.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/523/requerimento_80.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/524/requerimento_81.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/525/requerimento_82.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/526/requerimento_83.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/527/requerimento_84_-.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/528/requerimento_85_-.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/533/requerimento_86.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/534/requerimento_87.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/535/requerimento_88.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/536/requerimento_89.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/537/requerimento_90.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/539/requerimento_91.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/541/requerimento_92.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/547/requerimento_93.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/548/requerimento_94.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/549/requerimento_95.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/550/requerimento_96.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/551/requerimento_97.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/552/requerimento_98.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/553/requerimento_099.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/555/requerimento_100.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/556/requerimento_101.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/557/requerimento_102.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/559/requerimento_103.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/561/requerimento_104.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/562/requerimento_105.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/563/requerimento_106.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/564/requerimento_107.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/565/requerimento_108.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/566/requerimento_109.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/567/requerimento_110.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/568/requerimento_111.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/570/requerimento_112.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/571/requerimento_113.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/573/requerimento_114.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/574/requerimento_115.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/575/requerimento_116.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/579/requerimento_117.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/580/requerimento_118.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/582/requerimento_119.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/584/requerimento_n_120.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/589/requerimento_ng_121.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/594/requertmento_n_122.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/595/requerimento_n_123.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/596/requerimento_n_124.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/597/requerimento_n_125.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/598/requerimento_n_126.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/599/requerimento_n_127.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/587/emenda_modificativa_1.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/677/emenda_modificativa.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/678/confira_aqui_o_resumo_das_emendas.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/588/emenda_aditiva_1.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/434/pl_001_-_cupira.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/435/pl_002_-_cupira.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/463/pl_03_-_cupira.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/464/pl_04_-_cupira.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/512/pl_05.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/515/pl_06.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/583/pl_07_-_cupira.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/576/pl_08_-_cupira.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/577/pl_09_-_cupira.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/578/pl_10_-_cupira.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/586/projeto_de_lei_n_011.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/437/requertmento_01.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/438/requertmento_02.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/439/requertmento_03.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/440/requertmento_04.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/441/requertmento_05.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/442/requertmento_06.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/443/requertmento_07.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/444/requerimento_08.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/445/requerimento_09.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/446/requerimento_010.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/447/requerimento_11.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/448/requerimento_12.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/449/requerimento_13.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/450/requerimento_14.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/451/requerimento_15.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/452/requerimento_16.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/453/requerimento_17.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/454/requerimento_18.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/455/requerimento_19.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/456/requerimento_20.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/457/requerimento_21.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/458/requerimento_22.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/459/requerimento_23.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/460/requerimento_24.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/461/requerimento_25.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/462/requerimento_26.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/465/requerimento_27.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/467/requerimento_29.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/469/requerimento_31.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/470/requerimento_32.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/471/requerimento_33.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/472/requerimento_34.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/473/requerimento_35.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/474/requerimento_36.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/475/requerimento_37.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/476/requerimento_38.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/480/requerimento_39.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/481/requerimento_40.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/482/requerimento_41.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/483/requerimento_42.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/484/requerimento_43.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/485/requerimento_44.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/486/requerimento_45.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/487/requerimento_46_-.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/488/requerimento_47.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/489/requerimento_48.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/490/requerimento_49.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/491/requerimento_50.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/492/requerimento_51.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/493/requerimento_52.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/494/requerimento_53.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/495/requerimento_54.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/496/requerimento_55.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/497/requerimento_56.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/498/requerimento_57.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/499/requerimento_58.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/500/requerimento_59.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/501/requerimento_60.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/502/requerimento_61.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/503/requerimento_62.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/504/requerimento_63.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/505/requerimento_64.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/506/requerimento_65.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/507/requerimento_66.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/508/requerimento_67.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/509/requerimento_68.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/510/requerimento_69.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/511/requerimento_70.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/513/requerimento_71.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/514/requerimento_72.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/516/requerimento_73.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/517/requerimento_74.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/518/requerimento_75.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/519/requerimento_76.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/520/requerimento_77.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/521/requerimento_78.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/522/requerimento_79.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/523/requerimento_80.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/524/requerimento_81.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/525/requerimento_82.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/526/requerimento_83.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/527/requerimento_84_-.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/528/requerimento_85_-.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/533/requerimento_86.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/534/requerimento_87.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/535/requerimento_88.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/536/requerimento_89.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/537/requerimento_90.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/539/requerimento_91.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/541/requerimento_92.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/547/requerimento_93.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/548/requerimento_94.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/549/requerimento_95.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/550/requerimento_96.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/551/requerimento_97.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/552/requerimento_98.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/553/requerimento_099.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/555/requerimento_100.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/556/requerimento_101.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/557/requerimento_102.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/559/requerimento_103.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/561/requerimento_104.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/562/requerimento_105.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/563/requerimento_106.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/564/requerimento_107.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/565/requerimento_108.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/566/requerimento_109.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/567/requerimento_110.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/568/requerimento_111.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/570/requerimento_112.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/571/requerimento_113.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/573/requerimento_114.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/574/requerimento_115.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/575/requerimento_116.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/579/requerimento_117.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/580/requerimento_118.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/582/requerimento_119.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/584/requerimento_n_120.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/589/requerimento_ng_121.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/594/requertmento_n_122.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/595/requerimento_n_123.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/596/requerimento_n_124.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/597/requerimento_n_125.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/598/requerimento_n_126.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/599/requerimento_n_127.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/620/requerimento_141.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/626/requerimento_142.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/627/requerimento_n_143.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/629/requerimento_n_144.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/630/requerimento_n_145.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/631/requerimento_n_146.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/632/requerimento_n_147.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/636/requerimento_n_148.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/637/requerimento_n_149.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/638/requerimento_n_150.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/639/requerimento_151.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/643/requerimento_152.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/644/requerimento_153.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/645/requerimento_154.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/647/requerimento_155.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/648/requerimento_156.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/651/requerimento_157.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/654/requerimento_158.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/655/requerimento_159.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/657/requerimento_161.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H211"/>
+  <dimension ref="A1:H253"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="107.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="94.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="107" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -1647,5480 +1888,6572 @@
       </c>
       <c r="B2">
         <v>2025</v>
       </c>
       <c r="C2">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3">
-        <v>434</v>
+        <v>479</v>
       </c>
       <c r="B3">
         <v>2025</v>
       </c>
       <c r="C3">
         <v>1</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
+        <v>10</v>
+      </c>
+      <c r="G3" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H3" t="s">
         <v>15</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4">
-        <v>435</v>
+        <v>587</v>
       </c>
       <c r="B4">
         <v>2025</v>
       </c>
       <c r="C4">
         <v>2</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
         <v>14</v>
       </c>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="G4" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="H4" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5">
-        <v>463</v>
+        <v>592</v>
       </c>
       <c r="B5">
         <v>2025</v>
       </c>
       <c r="C5">
         <v>3</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
         <v>14</v>
       </c>
       <c r="F5" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="G5" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H5" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6">
-        <v>464</v>
+        <v>593</v>
       </c>
       <c r="B6">
         <v>2025</v>
       </c>
       <c r="C6">
         <v>4</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
         <v>14</v>
       </c>
       <c r="F6" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="G6" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H6" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7">
-        <v>512</v>
+        <v>677</v>
       </c>
       <c r="B7">
         <v>2025</v>
       </c>
       <c r="C7">
         <v>5</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
         <v>14</v>
       </c>
       <c r="F7" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H7" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8">
-        <v>515</v>
+        <v>678</v>
       </c>
       <c r="B8">
         <v>2025</v>
       </c>
       <c r="C8">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="D8" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="E8" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F8" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="H8" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9">
-        <v>583</v>
+        <v>588</v>
       </c>
       <c r="B9">
         <v>2025</v>
       </c>
       <c r="C9">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="E9" t="s">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="F9" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="H9" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10">
-        <v>576</v>
+        <v>590</v>
       </c>
       <c r="B10">
         <v>2025</v>
       </c>
       <c r="C10">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="E10" t="s">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="F10" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="H10" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11">
-        <v>577</v>
+        <v>682</v>
       </c>
       <c r="B11">
         <v>2025</v>
       </c>
       <c r="C11">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="D11" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="E11" t="s">
-        <v>14</v>
+        <v>38</v>
       </c>
       <c r="F11" t="s">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="H11" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12">
-        <v>578</v>
+        <v>434</v>
       </c>
       <c r="B12">
         <v>2025</v>
       </c>
       <c r="C12">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="D12" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="E12" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="F12" t="s">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="H12" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13">
-        <v>586</v>
+        <v>435</v>
       </c>
       <c r="B13">
         <v>2025</v>
       </c>
       <c r="C13">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="D13" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="E13" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="F13" t="s">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="H13" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14">
-        <v>606</v>
+        <v>463</v>
       </c>
       <c r="B14">
         <v>2025</v>
       </c>
       <c r="C14">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="D14" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="E14" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="F14" t="s">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="H14" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15">
-        <v>611</v>
+        <v>464</v>
       </c>
       <c r="B15">
         <v>2025</v>
       </c>
       <c r="C15">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="D15" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="E15" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="F15" t="s">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>11</v>
+        <v>49</v>
       </c>
       <c r="H15" t="s">
-        <v>39</v>
+        <v>50</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16">
-        <v>615</v>
+        <v>512</v>
       </c>
       <c r="B16">
         <v>2025</v>
       </c>
       <c r="C16">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="D16" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="E16" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="F16" t="s">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="H16" t="s">
-        <v>40</v>
+        <v>52</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17">
-        <v>621</v>
+        <v>515</v>
       </c>
       <c r="B17">
         <v>2025</v>
       </c>
       <c r="C17">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="D17" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="E17" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="F17" t="s">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>11</v>
+        <v>53</v>
       </c>
       <c r="H17" t="s">
-        <v>41</v>
+        <v>54</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18">
-        <v>628</v>
+        <v>583</v>
       </c>
       <c r="B18">
         <v>2025</v>
       </c>
       <c r="C18">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="D18" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="E18" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="F18" t="s">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="H18" t="s">
-        <v>42</v>
+        <v>56</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19">
-        <v>622</v>
+        <v>576</v>
       </c>
       <c r="B19">
         <v>2025</v>
       </c>
       <c r="C19">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="D19" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="E19" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="F19" t="s">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="H19" t="s">
-        <v>43</v>
+        <v>58</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20">
-        <v>623</v>
+        <v>577</v>
       </c>
       <c r="B20">
         <v>2025</v>
       </c>
       <c r="C20">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="D20" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="E20" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="F20" t="s">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>11</v>
+        <v>59</v>
       </c>
       <c r="H20" t="s">
-        <v>44</v>
+        <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21">
-        <v>633</v>
+        <v>578</v>
       </c>
       <c r="B21">
         <v>2025</v>
       </c>
       <c r="C21">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="E21" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="F21" t="s">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>11</v>
+        <v>61</v>
       </c>
       <c r="H21" t="s">
-        <v>45</v>
+        <v>62</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22">
-        <v>634</v>
+        <v>586</v>
       </c>
       <c r="B22">
         <v>2025</v>
       </c>
       <c r="C22">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="D22" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="E22" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="F22" t="s">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>11</v>
+        <v>63</v>
       </c>
       <c r="H22" t="s">
-        <v>46</v>
+        <v>64</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23">
-        <v>635</v>
+        <v>606</v>
       </c>
       <c r="B23">
         <v>2025</v>
       </c>
       <c r="C23">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="D23" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="E23" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="F23" t="s">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="G23" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H23" t="s">
-        <v>47</v>
+        <v>65</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24">
-        <v>649</v>
+        <v>611</v>
       </c>
       <c r="B24">
         <v>2025</v>
       </c>
       <c r="C24">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="D24" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="E24" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="F24" t="s">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="G24" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H24" t="s">
-        <v>48</v>
+        <v>66</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25">
-        <v>436</v>
+        <v>615</v>
       </c>
       <c r="B25">
         <v>2025</v>
       </c>
       <c r="C25">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="D25" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="E25" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="F25" t="s">
-        <v>10</v>
+        <v>39</v>
       </c>
       <c r="G25" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H25" t="s">
-        <v>51</v>
+        <v>67</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26">
-        <v>532</v>
+        <v>621</v>
       </c>
       <c r="B26">
         <v>2025</v>
       </c>
       <c r="C26">
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="D26" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="E26" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="F26" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
       <c r="G26" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H26" t="s">
-        <v>53</v>
+        <v>68</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27">
-        <v>581</v>
+        <v>628</v>
       </c>
       <c r="B27">
         <v>2025</v>
       </c>
       <c r="C27">
-        <v>3</v>
+        <v>16</v>
       </c>
       <c r="D27" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="E27" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="F27" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
       <c r="G27" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H27" t="s">
-        <v>54</v>
+        <v>69</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28">
-        <v>601</v>
+        <v>622</v>
       </c>
       <c r="B28">
         <v>2025</v>
       </c>
       <c r="C28">
-        <v>4</v>
+        <v>17</v>
       </c>
       <c r="D28" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="E28" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="F28" t="s">
-        <v>55</v>
+        <v>39</v>
       </c>
       <c r="G28" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H28" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29">
-        <v>610</v>
+        <v>623</v>
       </c>
       <c r="B29">
         <v>2025</v>
       </c>
       <c r="C29">
-        <v>5</v>
+        <v>18</v>
       </c>
       <c r="D29" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="E29" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="F29" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
       <c r="G29" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H29" t="s">
-        <v>57</v>
+        <v>71</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30">
-        <v>624</v>
+        <v>633</v>
       </c>
       <c r="B30">
         <v>2025</v>
       </c>
       <c r="C30">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="D30" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="E30" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="F30" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
       <c r="G30" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H30" t="s">
-        <v>58</v>
+        <v>72</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31">
-        <v>625</v>
+        <v>634</v>
       </c>
       <c r="B31">
         <v>2025</v>
       </c>
       <c r="C31">
-        <v>7</v>
+        <v>20</v>
       </c>
       <c r="D31" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="E31" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="F31" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
       <c r="G31" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H31" t="s">
-        <v>59</v>
+        <v>73</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32">
-        <v>640</v>
+        <v>635</v>
       </c>
       <c r="B32">
         <v>2025</v>
       </c>
       <c r="C32">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="D32" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="E32" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="F32" t="s">
-        <v>60</v>
+        <v>39</v>
       </c>
       <c r="G32" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H32" t="s">
-        <v>61</v>
+        <v>74</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33">
-        <v>529</v>
+        <v>649</v>
       </c>
       <c r="B33">
         <v>2025</v>
       </c>
       <c r="C33">
-        <v>1</v>
+        <v>22</v>
       </c>
       <c r="D33" t="s">
-        <v>62</v>
+        <v>41</v>
       </c>
       <c r="E33" t="s">
-        <v>63</v>
+        <v>42</v>
       </c>
       <c r="F33" t="s">
-        <v>10</v>
+        <v>39</v>
       </c>
       <c r="G33" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H33" t="s">
-        <v>64</v>
+        <v>75</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34">
-        <v>542</v>
+        <v>683</v>
       </c>
       <c r="B34">
         <v>2025</v>
       </c>
       <c r="C34">
-        <v>1</v>
+        <v>23</v>
       </c>
       <c r="D34" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="E34" t="s">
-        <v>66</v>
+        <v>42</v>
       </c>
       <c r="F34" t="s">
-        <v>10</v>
+        <v>39</v>
       </c>
       <c r="G34" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H34" t="s">
-        <v>67</v>
+        <v>76</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35">
-        <v>591</v>
+        <v>685</v>
       </c>
       <c r="B35">
         <v>2025</v>
       </c>
       <c r="C35">
-        <v>2</v>
+        <v>24</v>
       </c>
       <c r="D35" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="E35" t="s">
-        <v>66</v>
+        <v>42</v>
       </c>
       <c r="F35" t="s">
-        <v>10</v>
+        <v>39</v>
       </c>
       <c r="G35" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H35" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36">
-        <v>479</v>
+        <v>693</v>
       </c>
       <c r="B36">
         <v>2025</v>
       </c>
       <c r="C36">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="D36" t="s">
-        <v>69</v>
+        <v>41</v>
       </c>
       <c r="E36" t="s">
-        <v>70</v>
+        <v>42</v>
       </c>
       <c r="F36" t="s">
-        <v>10</v>
+        <v>39</v>
       </c>
       <c r="G36" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H36" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37">
-        <v>587</v>
+        <v>694</v>
       </c>
       <c r="B37">
         <v>2025</v>
       </c>
       <c r="C37">
-        <v>2</v>
+        <v>26</v>
       </c>
       <c r="D37" t="s">
-        <v>69</v>
+        <v>41</v>
       </c>
       <c r="E37" t="s">
-        <v>70</v>
+        <v>42</v>
       </c>
       <c r="F37" t="s">
-        <v>72</v>
+        <v>39</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>73</v>
+        <v>11</v>
       </c>
       <c r="H37" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38">
-        <v>592</v>
+        <v>436</v>
       </c>
       <c r="B38">
         <v>2025</v>
       </c>
       <c r="C38">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D38" t="s">
-        <v>69</v>
+        <v>80</v>
       </c>
       <c r="E38" t="s">
-        <v>70</v>
+        <v>81</v>
       </c>
       <c r="F38" t="s">
-        <v>75</v>
+        <v>10</v>
       </c>
       <c r="G38" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H38" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39">
-        <v>593</v>
+        <v>532</v>
       </c>
       <c r="B39">
         <v>2025</v>
       </c>
       <c r="C39">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D39" t="s">
-        <v>69</v>
+        <v>80</v>
       </c>
       <c r="E39" t="s">
-        <v>70</v>
+        <v>81</v>
       </c>
       <c r="F39" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="G39" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H39" t="s">
-        <v>78</v>
+        <v>84</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40">
-        <v>588</v>
+        <v>581</v>
       </c>
       <c r="B40">
         <v>2025</v>
       </c>
       <c r="C40">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D40" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E40" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F40" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>81</v>
+        <v>11</v>
       </c>
       <c r="H40" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41">
-        <v>590</v>
+        <v>601</v>
       </c>
       <c r="B41">
         <v>2025</v>
       </c>
       <c r="C41">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D41" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E41" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F41" t="s">
-        <v>60</v>
+        <v>86</v>
       </c>
       <c r="G41" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H41" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42">
-        <v>437</v>
+        <v>610</v>
       </c>
       <c r="B42">
         <v>2025</v>
       </c>
       <c r="C42">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D42" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="E42" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="F42" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="H42" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43">
-        <v>438</v>
+        <v>624</v>
       </c>
       <c r="B43">
         <v>2025</v>
       </c>
       <c r="C43">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="D43" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="E43" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="F43" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="G43" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H43" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44">
-        <v>439</v>
+        <v>625</v>
       </c>
       <c r="B44">
         <v>2025</v>
       </c>
       <c r="C44">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="D44" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="E44" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="F44" t="s">
-        <v>55</v>
+        <v>83</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>91</v>
+        <v>11</v>
       </c>
       <c r="H44" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45">
-        <v>440</v>
+        <v>640</v>
       </c>
       <c r="B45">
         <v>2025</v>
       </c>
       <c r="C45">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="D45" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="E45" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="F45" t="s">
-        <v>55</v>
+        <v>91</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>93</v>
+        <v>11</v>
       </c>
       <c r="H45" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46">
-        <v>441</v>
+        <v>668</v>
       </c>
       <c r="B46">
         <v>2025</v>
       </c>
       <c r="C46">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="D46" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="E46" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="F46" t="s">
-        <v>55</v>
+        <v>10</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>95</v>
+        <v>11</v>
       </c>
       <c r="H46" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47">
-        <v>442</v>
+        <v>529</v>
       </c>
       <c r="B47">
         <v>2025</v>
       </c>
       <c r="C47">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="D47" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="E47" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="F47" t="s">
-        <v>77</v>
+        <v>10</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>97</v>
+        <v>11</v>
       </c>
       <c r="H47" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48">
-        <v>443</v>
+        <v>653</v>
       </c>
       <c r="B48">
         <v>2025</v>
       </c>
       <c r="C48">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="D48" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="E48" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="F48" t="s">
-        <v>77</v>
+        <v>10</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>99</v>
+        <v>11</v>
       </c>
       <c r="H48" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49">
-        <v>444</v>
+        <v>676</v>
       </c>
       <c r="B49">
         <v>2025</v>
       </c>
       <c r="C49">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="D49" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="E49" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="F49" t="s">
-        <v>101</v>
+        <v>10</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="H49" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50">
-        <v>445</v>
+        <v>691</v>
       </c>
       <c r="B50">
         <v>2025</v>
       </c>
       <c r="C50">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="D50" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="E50" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="F50" t="s">
-        <v>101</v>
+        <v>10</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>104</v>
+        <v>11</v>
       </c>
       <c r="H50" t="s">
-        <v>105</v>
+        <v>99</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51">
-        <v>446</v>
+        <v>542</v>
       </c>
       <c r="B51">
         <v>2025</v>
       </c>
       <c r="C51">
+        <v>1</v>
+      </c>
+      <c r="D51" t="s">
+        <v>100</v>
+      </c>
+      <c r="E51" t="s">
+        <v>101</v>
+      </c>
+      <c r="F51" t="s">
         <v>10</v>
       </c>
-      <c r="D51" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G51" s="1" t="s">
-        <v>106</v>
+        <v>11</v>
       </c>
       <c r="H51" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52">
-        <v>447</v>
+        <v>591</v>
       </c>
       <c r="B52">
         <v>2025</v>
       </c>
       <c r="C52">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="D52" t="s">
-        <v>84</v>
+        <v>100</v>
       </c>
       <c r="E52" t="s">
-        <v>85</v>
+        <v>101</v>
       </c>
       <c r="F52" t="s">
-        <v>55</v>
+        <v>10</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>108</v>
+        <v>11</v>
       </c>
       <c r="H52" t="s">
-        <v>109</v>
+        <v>103</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53">
-        <v>448</v>
+        <v>477</v>
       </c>
       <c r="B53">
         <v>2025</v>
       </c>
       <c r="C53">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="D53" t="s">
-        <v>84</v>
+        <v>104</v>
       </c>
       <c r="E53" t="s">
-        <v>85</v>
+        <v>105</v>
       </c>
       <c r="F53" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>111</v>
+        <v>11</v>
       </c>
       <c r="H53" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54">
-        <v>449</v>
+        <v>544</v>
       </c>
       <c r="B54">
         <v>2025</v>
       </c>
       <c r="C54">
-        <v>13</v>
+        <v>2</v>
       </c>
       <c r="D54" t="s">
-        <v>84</v>
+        <v>104</v>
       </c>
       <c r="E54" t="s">
-        <v>85</v>
+        <v>105</v>
       </c>
       <c r="F54" t="s">
-        <v>110</v>
+        <v>35</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>113</v>
+        <v>11</v>
       </c>
       <c r="H54" t="s">
-        <v>114</v>
+        <v>108</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55">
-        <v>450</v>
+        <v>545</v>
       </c>
       <c r="B55">
         <v>2025</v>
       </c>
       <c r="C55">
-        <v>14</v>
+        <v>3</v>
       </c>
       <c r="D55" t="s">
-        <v>84</v>
+        <v>104</v>
       </c>
       <c r="E55" t="s">
-        <v>85</v>
+        <v>105</v>
       </c>
       <c r="F55" t="s">
-        <v>52</v>
+        <v>86</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>115</v>
+        <v>11</v>
       </c>
       <c r="H55" t="s">
-        <v>116</v>
+        <v>109</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56">
-        <v>451</v>
+        <v>546</v>
       </c>
       <c r="B56">
         <v>2025</v>
       </c>
       <c r="C56">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="D56" t="s">
-        <v>84</v>
+        <v>104</v>
       </c>
       <c r="E56" t="s">
-        <v>85</v>
+        <v>105</v>
       </c>
       <c r="F56" t="s">
-        <v>52</v>
+        <v>106</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>117</v>
+        <v>11</v>
       </c>
       <c r="H56" t="s">
-        <v>118</v>
+        <v>110</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57">
-        <v>452</v>
+        <v>572</v>
       </c>
       <c r="B57">
         <v>2025</v>
       </c>
       <c r="C57">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="D57" t="s">
-        <v>84</v>
+        <v>104</v>
       </c>
       <c r="E57" t="s">
-        <v>85</v>
+        <v>105</v>
       </c>
       <c r="F57" t="s">
-        <v>52</v>
+        <v>83</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>119</v>
+        <v>11</v>
       </c>
       <c r="H57" t="s">
-        <v>120</v>
+        <v>111</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58">
-        <v>453</v>
+        <v>585</v>
       </c>
       <c r="B58">
         <v>2025</v>
       </c>
       <c r="C58">
-        <v>17</v>
+        <v>6</v>
       </c>
       <c r="D58" t="s">
-        <v>84</v>
+        <v>104</v>
       </c>
       <c r="E58" t="s">
-        <v>85</v>
+        <v>105</v>
       </c>
       <c r="F58" t="s">
-        <v>60</v>
+        <v>35</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>121</v>
+        <v>11</v>
       </c>
       <c r="H58" t="s">
-        <v>122</v>
+        <v>112</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59">
-        <v>454</v>
+        <v>641</v>
       </c>
       <c r="B59">
         <v>2025</v>
       </c>
       <c r="C59">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="D59" t="s">
-        <v>84</v>
+        <v>104</v>
       </c>
       <c r="E59" t="s">
-        <v>85</v>
+        <v>105</v>
       </c>
       <c r="F59" t="s">
-        <v>60</v>
+        <v>113</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>123</v>
+        <v>11</v>
       </c>
       <c r="H59" t="s">
-        <v>124</v>
+        <v>114</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60">
-        <v>455</v>
+        <v>642</v>
       </c>
       <c r="B60">
         <v>2025</v>
       </c>
       <c r="C60">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="D60" t="s">
-        <v>84</v>
+        <v>104</v>
       </c>
       <c r="E60" t="s">
-        <v>85</v>
+        <v>105</v>
       </c>
       <c r="F60" t="s">
-        <v>60</v>
+        <v>115</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>125</v>
+        <v>11</v>
       </c>
       <c r="H60" t="s">
-        <v>126</v>
+        <v>116</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61">
-        <v>456</v>
+        <v>650</v>
       </c>
       <c r="B61">
         <v>2025</v>
       </c>
       <c r="C61">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="D61" t="s">
-        <v>84</v>
+        <v>104</v>
       </c>
       <c r="E61" t="s">
-        <v>85</v>
+        <v>105</v>
       </c>
       <c r="F61" t="s">
-        <v>127</v>
+        <v>106</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>128</v>
+        <v>11</v>
       </c>
       <c r="H61" t="s">
-        <v>129</v>
+        <v>117</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62">
-        <v>457</v>
+        <v>672</v>
       </c>
       <c r="B62">
         <v>2025</v>
       </c>
       <c r="C62">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>84</v>
+        <v>104</v>
       </c>
       <c r="E62" t="s">
-        <v>85</v>
+        <v>105</v>
       </c>
       <c r="F62" t="s">
-        <v>127</v>
+        <v>86</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>130</v>
+        <v>11</v>
       </c>
       <c r="H62" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63">
-        <v>458</v>
+        <v>686</v>
       </c>
       <c r="B63">
         <v>2025</v>
       </c>
       <c r="C63">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D63" t="s">
-        <v>84</v>
+        <v>104</v>
       </c>
       <c r="E63" t="s">
-        <v>85</v>
+        <v>105</v>
       </c>
       <c r="F63" t="s">
-        <v>132</v>
+        <v>35</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>133</v>
+        <v>11</v>
       </c>
       <c r="H63" t="s">
-        <v>134</v>
+        <v>119</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64">
-        <v>459</v>
+        <v>437</v>
       </c>
       <c r="B64">
         <v>2025</v>
       </c>
       <c r="C64">
-        <v>23</v>
+        <v>1</v>
       </c>
       <c r="D64" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E64" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F64" t="s">
-        <v>132</v>
+        <v>106</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>135</v>
+        <v>122</v>
       </c>
       <c r="H64" t="s">
-        <v>136</v>
+        <v>123</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65">
-        <v>460</v>
+        <v>438</v>
       </c>
       <c r="B65">
         <v>2025</v>
       </c>
       <c r="C65">
-        <v>24</v>
+        <v>2</v>
       </c>
       <c r="D65" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E65" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F65" t="s">
-        <v>132</v>
+        <v>106</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>137</v>
+        <v>124</v>
       </c>
       <c r="H65" t="s">
-        <v>138</v>
+        <v>125</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66">
-        <v>461</v>
+        <v>439</v>
       </c>
       <c r="B66">
         <v>2025</v>
       </c>
       <c r="C66">
-        <v>25</v>
+        <v>3</v>
       </c>
       <c r="D66" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E66" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F66" t="s">
-        <v>139</v>
+        <v>86</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>140</v>
+        <v>126</v>
       </c>
       <c r="H66" t="s">
-        <v>141</v>
+        <v>127</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67">
-        <v>462</v>
+        <v>440</v>
       </c>
       <c r="B67">
         <v>2025</v>
       </c>
       <c r="C67">
-        <v>26</v>
+        <v>4</v>
       </c>
       <c r="D67" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E67" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F67" t="s">
-        <v>139</v>
+        <v>86</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>142</v>
+        <v>128</v>
       </c>
       <c r="H67" t="s">
-        <v>143</v>
+        <v>129</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68">
-        <v>465</v>
+        <v>441</v>
       </c>
       <c r="B68">
         <v>2025</v>
       </c>
       <c r="C68">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="D68" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E68" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F68" t="s">
-        <v>77</v>
+        <v>86</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>144</v>
+        <v>130</v>
       </c>
       <c r="H68" t="s">
-        <v>145</v>
+        <v>131</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69">
-        <v>466</v>
+        <v>442</v>
       </c>
       <c r="B69">
         <v>2025</v>
       </c>
       <c r="C69">
-        <v>28</v>
+        <v>6</v>
       </c>
       <c r="D69" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E69" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F69" t="s">
-        <v>52</v>
+        <v>21</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>11</v>
+        <v>132</v>
       </c>
       <c r="H69" t="s">
-        <v>146</v>
+        <v>133</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70">
-        <v>467</v>
+        <v>443</v>
       </c>
       <c r="B70">
         <v>2025</v>
       </c>
       <c r="C70">
-        <v>29</v>
+        <v>7</v>
       </c>
       <c r="D70" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E70" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F70" t="s">
-        <v>55</v>
+        <v>21</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>147</v>
+        <v>134</v>
       </c>
       <c r="H70" t="s">
-        <v>148</v>
+        <v>135</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71">
-        <v>468</v>
+        <v>444</v>
       </c>
       <c r="B71">
         <v>2025</v>
       </c>
       <c r="C71">
-        <v>30</v>
+        <v>8</v>
       </c>
       <c r="D71" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E71" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F71" t="s">
-        <v>55</v>
+        <v>136</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>11</v>
+        <v>137</v>
       </c>
       <c r="H71" t="s">
-        <v>149</v>
+        <v>138</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72">
-        <v>469</v>
+        <v>445</v>
       </c>
       <c r="B72">
         <v>2025</v>
       </c>
       <c r="C72">
-        <v>31</v>
+        <v>9</v>
       </c>
       <c r="D72" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E72" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F72" t="s">
-        <v>77</v>
+        <v>136</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>150</v>
+        <v>139</v>
       </c>
       <c r="H72" t="s">
-        <v>151</v>
+        <v>140</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73">
-        <v>470</v>
+        <v>446</v>
       </c>
       <c r="B73">
         <v>2025</v>
       </c>
       <c r="C73">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E73" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F73" t="s">
-        <v>152</v>
+        <v>86</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>153</v>
+        <v>141</v>
       </c>
       <c r="H73" t="s">
-        <v>154</v>
+        <v>142</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74">
-        <v>471</v>
+        <v>447</v>
       </c>
       <c r="B74">
         <v>2025</v>
       </c>
       <c r="C74">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="D74" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E74" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F74" t="s">
-        <v>127</v>
+        <v>86</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>155</v>
+        <v>143</v>
       </c>
       <c r="H74" t="s">
-        <v>156</v>
+        <v>144</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75">
-        <v>472</v>
+        <v>448</v>
       </c>
       <c r="B75">
         <v>2025</v>
       </c>
       <c r="C75">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="D75" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E75" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F75" t="s">
-        <v>127</v>
+        <v>145</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>157</v>
+        <v>146</v>
       </c>
       <c r="H75" t="s">
-        <v>158</v>
+        <v>147</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76">
-        <v>473</v>
+        <v>449</v>
       </c>
       <c r="B76">
         <v>2025</v>
       </c>
       <c r="C76">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="D76" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E76" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F76" t="s">
-        <v>77</v>
+        <v>145</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>159</v>
+        <v>148</v>
       </c>
       <c r="H76" t="s">
-        <v>160</v>
+        <v>149</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77">
-        <v>474</v>
+        <v>450</v>
       </c>
       <c r="B77">
         <v>2025</v>
       </c>
       <c r="C77">
-        <v>36</v>
+        <v>14</v>
       </c>
       <c r="D77" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E77" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F77" t="s">
-        <v>52</v>
+        <v>83</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>161</v>
+        <v>150</v>
       </c>
       <c r="H77" t="s">
-        <v>162</v>
+        <v>151</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78">
-        <v>475</v>
+        <v>451</v>
       </c>
       <c r="B78">
         <v>2025</v>
       </c>
       <c r="C78">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="D78" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E78" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F78" t="s">
-        <v>60</v>
+        <v>83</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>163</v>
+        <v>152</v>
       </c>
       <c r="H78" t="s">
-        <v>164</v>
+        <v>153</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79">
-        <v>476</v>
+        <v>452</v>
       </c>
       <c r="B79">
         <v>2025</v>
       </c>
       <c r="C79">
-        <v>38</v>
+        <v>16</v>
       </c>
       <c r="D79" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E79" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F79" t="s">
-        <v>60</v>
+        <v>83</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>165</v>
+        <v>154</v>
       </c>
       <c r="H79" t="s">
-        <v>166</v>
+        <v>155</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80">
-        <v>480</v>
+        <v>453</v>
       </c>
       <c r="B80">
         <v>2025</v>
       </c>
       <c r="C80">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="D80" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E80" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F80" t="s">
-        <v>55</v>
+        <v>35</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>167</v>
+        <v>156</v>
       </c>
       <c r="H80" t="s">
-        <v>168</v>
+        <v>157</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81">
-        <v>481</v>
+        <v>454</v>
       </c>
       <c r="B81">
         <v>2025</v>
       </c>
       <c r="C81">
-        <v>40</v>
+        <v>18</v>
       </c>
       <c r="D81" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E81" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F81" t="s">
-        <v>55</v>
+        <v>35</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>169</v>
+        <v>158</v>
       </c>
       <c r="H81" t="s">
-        <v>170</v>
+        <v>159</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82">
-        <v>482</v>
+        <v>455</v>
       </c>
       <c r="B82">
         <v>2025</v>
       </c>
       <c r="C82">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="D82" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E82" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F82" t="s">
-        <v>110</v>
+        <v>35</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>171</v>
+        <v>160</v>
       </c>
       <c r="H82" t="s">
-        <v>172</v>
+        <v>161</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83">
-        <v>483</v>
+        <v>456</v>
       </c>
       <c r="B83">
         <v>2025</v>
       </c>
       <c r="C83">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="D83" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E83" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F83" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>173</v>
+        <v>162</v>
       </c>
       <c r="H83" t="s">
-        <v>174</v>
+        <v>163</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84">
-        <v>484</v>
+        <v>457</v>
       </c>
       <c r="B84">
         <v>2025</v>
       </c>
       <c r="C84">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="D84" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E84" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F84" t="s">
-        <v>139</v>
+        <v>115</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="H84" t="s">
-        <v>176</v>
+        <v>165</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85">
-        <v>485</v>
+        <v>458</v>
       </c>
       <c r="B85">
         <v>2025</v>
       </c>
       <c r="C85">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="D85" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E85" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F85" t="s">
-        <v>101</v>
+        <v>166</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>177</v>
+        <v>167</v>
       </c>
       <c r="H85" t="s">
-        <v>178</v>
+        <v>168</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86">
-        <v>486</v>
+        <v>459</v>
       </c>
       <c r="B86">
         <v>2025</v>
       </c>
       <c r="C86">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="D86" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E86" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F86" t="s">
-        <v>60</v>
+        <v>166</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>179</v>
+        <v>169</v>
       </c>
       <c r="H86" t="s">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87">
-        <v>487</v>
+        <v>460</v>
       </c>
       <c r="B87">
         <v>2025</v>
       </c>
       <c r="C87">
-        <v>46</v>
+        <v>24</v>
       </c>
       <c r="D87" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E87" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F87" t="s">
-        <v>60</v>
+        <v>166</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>181</v>
+        <v>171</v>
       </c>
       <c r="H87" t="s">
-        <v>182</v>
+        <v>172</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88">
-        <v>488</v>
+        <v>461</v>
       </c>
       <c r="B88">
         <v>2025</v>
       </c>
       <c r="C88">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="D88" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E88" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F88" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>183</v>
+        <v>174</v>
       </c>
       <c r="H88" t="s">
-        <v>184</v>
+        <v>175</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89">
-        <v>489</v>
+        <v>462</v>
       </c>
       <c r="B89">
         <v>2025</v>
       </c>
       <c r="C89">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="D89" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E89" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F89" t="s">
-        <v>127</v>
+        <v>173</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>185</v>
+        <v>176</v>
       </c>
       <c r="H89" t="s">
-        <v>186</v>
+        <v>177</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90">
-        <v>490</v>
+        <v>465</v>
       </c>
       <c r="B90">
         <v>2025</v>
       </c>
       <c r="C90">
-        <v>49</v>
+        <v>27</v>
       </c>
       <c r="D90" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E90" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F90" t="s">
-        <v>127</v>
+        <v>21</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
       <c r="H90" t="s">
-        <v>188</v>
+        <v>179</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91">
-        <v>491</v>
+        <v>466</v>
       </c>
       <c r="B91">
         <v>2025</v>
       </c>
       <c r="C91">
-        <v>50</v>
+        <v>28</v>
       </c>
       <c r="D91" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E91" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F91" t="s">
-        <v>55</v>
+        <v>83</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>189</v>
+        <v>11</v>
       </c>
       <c r="H91" t="s">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92">
-        <v>492</v>
+        <v>467</v>
       </c>
       <c r="B92">
         <v>2025</v>
       </c>
       <c r="C92">
-        <v>51</v>
+        <v>29</v>
       </c>
       <c r="D92" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E92" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F92" t="s">
-        <v>55</v>
+        <v>86</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>191</v>
+        <v>181</v>
       </c>
       <c r="H92" t="s">
-        <v>192</v>
+        <v>182</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93">
-        <v>493</v>
+        <v>468</v>
       </c>
       <c r="B93">
         <v>2025</v>
       </c>
       <c r="C93">
-        <v>52</v>
+        <v>30</v>
       </c>
       <c r="D93" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E93" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F93" t="s">
-        <v>152</v>
+        <v>86</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>193</v>
+        <v>11</v>
       </c>
       <c r="H93" t="s">
-        <v>194</v>
+        <v>183</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94">
-        <v>494</v>
+        <v>469</v>
       </c>
       <c r="B94">
         <v>2025</v>
       </c>
       <c r="C94">
-        <v>53</v>
+        <v>31</v>
       </c>
       <c r="D94" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E94" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F94" t="s">
-        <v>152</v>
+        <v>21</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>195</v>
+        <v>184</v>
       </c>
       <c r="H94" t="s">
-        <v>196</v>
+        <v>185</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95">
-        <v>495</v>
+        <v>470</v>
       </c>
       <c r="B95">
         <v>2025</v>
       </c>
       <c r="C95">
-        <v>54</v>
+        <v>32</v>
       </c>
       <c r="D95" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E95" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F95" t="s">
-        <v>101</v>
+        <v>186</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>197</v>
+        <v>187</v>
       </c>
       <c r="H95" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96">
-        <v>496</v>
+        <v>471</v>
       </c>
       <c r="B96">
         <v>2025</v>
       </c>
       <c r="C96">
-        <v>55</v>
+        <v>33</v>
       </c>
       <c r="D96" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E96" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F96" t="s">
-        <v>60</v>
+        <v>115</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>199</v>
+        <v>189</v>
       </c>
       <c r="H96" t="s">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97">
-        <v>497</v>
+        <v>472</v>
       </c>
       <c r="B97">
         <v>2025</v>
       </c>
       <c r="C97">
-        <v>56</v>
+        <v>34</v>
       </c>
       <c r="D97" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E97" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F97" t="s">
-        <v>201</v>
+        <v>115</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>202</v>
+        <v>191</v>
       </c>
       <c r="H97" t="s">
-        <v>203</v>
+        <v>192</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98">
-        <v>498</v>
+        <v>473</v>
       </c>
       <c r="B98">
         <v>2025</v>
       </c>
       <c r="C98">
-        <v>57</v>
+        <v>35</v>
       </c>
       <c r="D98" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E98" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F98" t="s">
-        <v>52</v>
+        <v>21</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>204</v>
+        <v>193</v>
       </c>
       <c r="H98" t="s">
-        <v>205</v>
+        <v>194</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99">
-        <v>499</v>
+        <v>474</v>
       </c>
       <c r="B99">
         <v>2025</v>
       </c>
       <c r="C99">
-        <v>58</v>
+        <v>36</v>
       </c>
       <c r="D99" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E99" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F99" t="s">
-        <v>52</v>
+        <v>83</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>206</v>
+        <v>195</v>
       </c>
       <c r="H99" t="s">
-        <v>207</v>
+        <v>196</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100">
-        <v>500</v>
+        <v>475</v>
       </c>
       <c r="B100">
         <v>2025</v>
       </c>
       <c r="C100">
-        <v>59</v>
+        <v>37</v>
       </c>
       <c r="D100" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E100" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F100" t="s">
-        <v>86</v>
+        <v>35</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>208</v>
+        <v>197</v>
       </c>
       <c r="H100" t="s">
-        <v>209</v>
+        <v>198</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101">
-        <v>501</v>
+        <v>476</v>
       </c>
       <c r="B101">
         <v>2025</v>
       </c>
       <c r="C101">
-        <v>60</v>
+        <v>38</v>
       </c>
       <c r="D101" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E101" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F101" t="s">
-        <v>77</v>
+        <v>35</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>210</v>
+        <v>199</v>
       </c>
       <c r="H101" t="s">
-        <v>211</v>
+        <v>200</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102">
-        <v>502</v>
+        <v>480</v>
       </c>
       <c r="B102">
         <v>2025</v>
       </c>
       <c r="C102">
-        <v>61</v>
+        <v>39</v>
       </c>
       <c r="D102" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E102" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F102" t="s">
-        <v>152</v>
+        <v>86</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>212</v>
+        <v>201</v>
       </c>
       <c r="H102" t="s">
-        <v>213</v>
+        <v>202</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103">
-        <v>503</v>
+        <v>481</v>
       </c>
       <c r="B103">
         <v>2025</v>
       </c>
       <c r="C103">
-        <v>62</v>
+        <v>40</v>
       </c>
       <c r="D103" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E103" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F103" t="s">
         <v>86</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>214</v>
+        <v>203</v>
       </c>
       <c r="H103" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104">
-        <v>504</v>
+        <v>482</v>
       </c>
       <c r="B104">
         <v>2025</v>
       </c>
       <c r="C104">
-        <v>63</v>
+        <v>41</v>
       </c>
       <c r="D104" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E104" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F104" t="s">
-        <v>110</v>
+        <v>145</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>216</v>
+        <v>205</v>
       </c>
       <c r="H104" t="s">
-        <v>217</v>
+        <v>206</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105">
-        <v>505</v>
+        <v>483</v>
       </c>
       <c r="B105">
         <v>2025</v>
       </c>
       <c r="C105">
-        <v>64</v>
+        <v>42</v>
       </c>
       <c r="D105" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E105" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F105" t="s">
-        <v>60</v>
+        <v>145</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>218</v>
+        <v>207</v>
       </c>
       <c r="H105" t="s">
-        <v>219</v>
+        <v>208</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106">
-        <v>506</v>
+        <v>484</v>
       </c>
       <c r="B106">
         <v>2025</v>
       </c>
       <c r="C106">
-        <v>65</v>
+        <v>43</v>
       </c>
       <c r="D106" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E106" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F106" t="s">
-        <v>60</v>
+        <v>173</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>220</v>
+        <v>209</v>
       </c>
       <c r="H106" t="s">
-        <v>221</v>
+        <v>210</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107">
-        <v>507</v>
+        <v>485</v>
       </c>
       <c r="B107">
         <v>2025</v>
       </c>
       <c r="C107">
-        <v>66</v>
+        <v>44</v>
       </c>
       <c r="D107" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E107" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F107" t="s">
-        <v>52</v>
+        <v>136</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>222</v>
+        <v>211</v>
       </c>
       <c r="H107" t="s">
-        <v>223</v>
+        <v>212</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108">
-        <v>508</v>
+        <v>486</v>
       </c>
       <c r="B108">
         <v>2025</v>
       </c>
       <c r="C108">
-        <v>67</v>
+        <v>45</v>
       </c>
       <c r="D108" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E108" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F108" t="s">
-        <v>77</v>
+        <v>35</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>224</v>
+        <v>213</v>
       </c>
       <c r="H108" t="s">
-        <v>225</v>
+        <v>214</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109">
-        <v>509</v>
+        <v>487</v>
       </c>
       <c r="B109">
         <v>2025</v>
       </c>
       <c r="C109">
-        <v>68</v>
+        <v>46</v>
       </c>
       <c r="D109" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E109" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F109" t="s">
-        <v>77</v>
+        <v>35</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>226</v>
+        <v>215</v>
       </c>
       <c r="H109" t="s">
-        <v>227</v>
+        <v>216</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110">
-        <v>510</v>
+        <v>488</v>
       </c>
       <c r="B110">
         <v>2025</v>
       </c>
       <c r="C110">
-        <v>69</v>
+        <v>47</v>
       </c>
       <c r="D110" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E110" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F110" t="s">
-        <v>139</v>
+        <v>166</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>228</v>
+        <v>217</v>
       </c>
       <c r="H110" t="s">
-        <v>229</v>
+        <v>218</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111">
-        <v>511</v>
+        <v>489</v>
       </c>
       <c r="B111">
         <v>2025</v>
       </c>
       <c r="C111">
-        <v>70</v>
+        <v>48</v>
       </c>
       <c r="D111" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E111" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F111" t="s">
-        <v>86</v>
+        <v>115</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>230</v>
+        <v>219</v>
       </c>
       <c r="H111" t="s">
-        <v>231</v>
+        <v>220</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112">
-        <v>513</v>
+        <v>490</v>
       </c>
       <c r="B112">
         <v>2025</v>
       </c>
       <c r="C112">
-        <v>71</v>
+        <v>49</v>
       </c>
       <c r="D112" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E112" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F112" t="s">
-        <v>55</v>
+        <v>115</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>232</v>
+        <v>221</v>
       </c>
       <c r="H112" t="s">
-        <v>233</v>
+        <v>222</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113">
-        <v>514</v>
+        <v>491</v>
       </c>
       <c r="B113">
         <v>2025</v>
       </c>
       <c r="C113">
-        <v>72</v>
+        <v>50</v>
       </c>
       <c r="D113" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E113" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F113" t="s">
-        <v>152</v>
+        <v>86</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>234</v>
+        <v>223</v>
       </c>
       <c r="H113" t="s">
-        <v>235</v>
+        <v>224</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114">
-        <v>516</v>
+        <v>492</v>
       </c>
       <c r="B114">
         <v>2025</v>
       </c>
       <c r="C114">
-        <v>73</v>
+        <v>51</v>
       </c>
       <c r="D114" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E114" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F114" t="s">
-        <v>152</v>
+        <v>86</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>236</v>
+        <v>225</v>
       </c>
       <c r="H114" t="s">
-        <v>237</v>
+        <v>226</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115">
-        <v>517</v>
+        <v>493</v>
       </c>
       <c r="B115">
         <v>2025</v>
       </c>
       <c r="C115">
-        <v>74</v>
+        <v>52</v>
       </c>
       <c r="D115" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E115" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F115" t="s">
-        <v>52</v>
+        <v>186</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>238</v>
+        <v>227</v>
       </c>
       <c r="H115" t="s">
-        <v>239</v>
+        <v>228</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116">
-        <v>518</v>
+        <v>494</v>
       </c>
       <c r="B116">
         <v>2025</v>
       </c>
       <c r="C116">
-        <v>75</v>
+        <v>53</v>
       </c>
       <c r="D116" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E116" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F116" t="s">
-        <v>52</v>
+        <v>186</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>240</v>
+        <v>229</v>
       </c>
       <c r="H116" t="s">
-        <v>241</v>
+        <v>230</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117">
-        <v>519</v>
+        <v>495</v>
       </c>
       <c r="B117">
         <v>2025</v>
       </c>
       <c r="C117">
-        <v>76</v>
+        <v>54</v>
       </c>
       <c r="D117" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E117" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F117" t="s">
-        <v>101</v>
+        <v>136</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>242</v>
+        <v>231</v>
       </c>
       <c r="H117" t="s">
-        <v>243</v>
+        <v>232</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118">
-        <v>520</v>
+        <v>496</v>
       </c>
       <c r="B118">
         <v>2025</v>
       </c>
       <c r="C118">
-        <v>77</v>
+        <v>55</v>
       </c>
       <c r="D118" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E118" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F118" t="s">
-        <v>139</v>
+        <v>35</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>244</v>
+        <v>233</v>
       </c>
       <c r="H118" t="s">
-        <v>245</v>
+        <v>234</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119">
-        <v>521</v>
+        <v>497</v>
       </c>
       <c r="B119">
         <v>2025</v>
       </c>
       <c r="C119">
-        <v>78</v>
+        <v>56</v>
       </c>
       <c r="D119" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E119" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F119" t="s">
-        <v>139</v>
+        <v>235</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>246</v>
+        <v>236</v>
       </c>
       <c r="H119" t="s">
-        <v>247</v>
+        <v>237</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120">
-        <v>522</v>
+        <v>498</v>
       </c>
       <c r="B120">
         <v>2025</v>
       </c>
       <c r="C120">
-        <v>79</v>
+        <v>57</v>
       </c>
       <c r="D120" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E120" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F120" t="s">
-        <v>110</v>
+        <v>83</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>248</v>
+        <v>238</v>
       </c>
       <c r="H120" t="s">
-        <v>249</v>
+        <v>239</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121">
-        <v>523</v>
+        <v>499</v>
       </c>
       <c r="B121">
         <v>2025</v>
       </c>
       <c r="C121">
-        <v>80</v>
+        <v>58</v>
       </c>
       <c r="D121" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E121" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F121" t="s">
-        <v>60</v>
+        <v>83</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>250</v>
+        <v>240</v>
       </c>
       <c r="H121" t="s">
-        <v>251</v>
+        <v>241</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122">
-        <v>524</v>
+        <v>500</v>
       </c>
       <c r="B122">
         <v>2025</v>
       </c>
       <c r="C122">
-        <v>81</v>
+        <v>59</v>
       </c>
       <c r="D122" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E122" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F122" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>252</v>
+        <v>242</v>
       </c>
       <c r="H122" t="s">
-        <v>253</v>
+        <v>243</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123">
-        <v>525</v>
+        <v>501</v>
       </c>
       <c r="B123">
         <v>2025</v>
       </c>
       <c r="C123">
-        <v>82</v>
+        <v>60</v>
       </c>
       <c r="D123" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E123" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F123" t="s">
-        <v>52</v>
+        <v>21</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>254</v>
+        <v>244</v>
       </c>
       <c r="H123" t="s">
-        <v>255</v>
+        <v>245</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124">
-        <v>526</v>
+        <v>502</v>
       </c>
       <c r="B124">
         <v>2025</v>
       </c>
       <c r="C124">
-        <v>83</v>
+        <v>61</v>
       </c>
       <c r="D124" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E124" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F124" t="s">
-        <v>60</v>
+        <v>186</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>256</v>
+        <v>246</v>
       </c>
       <c r="H124" t="s">
-        <v>257</v>
+        <v>247</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125">
-        <v>527</v>
+        <v>503</v>
       </c>
       <c r="B125">
         <v>2025</v>
       </c>
       <c r="C125">
-        <v>84</v>
+        <v>62</v>
       </c>
       <c r="D125" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E125" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F125" t="s">
-        <v>60</v>
+        <v>106</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>258</v>
+        <v>248</v>
       </c>
       <c r="H125" t="s">
-        <v>259</v>
+        <v>249</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126">
-        <v>528</v>
+        <v>504</v>
       </c>
       <c r="B126">
         <v>2025</v>
       </c>
       <c r="C126">
-        <v>85</v>
+        <v>63</v>
       </c>
       <c r="D126" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E126" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F126" t="s">
-        <v>152</v>
+        <v>145</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>260</v>
+        <v>250</v>
       </c>
       <c r="H126" t="s">
-        <v>261</v>
+        <v>251</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127">
-        <v>533</v>
+        <v>505</v>
       </c>
       <c r="B127">
         <v>2025</v>
       </c>
       <c r="C127">
-        <v>86</v>
+        <v>64</v>
       </c>
       <c r="D127" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E127" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F127" t="s">
-        <v>139</v>
+        <v>35</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>262</v>
+        <v>252</v>
       </c>
       <c r="H127" t="s">
-        <v>263</v>
+        <v>253</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128">
-        <v>534</v>
+        <v>506</v>
       </c>
       <c r="B128">
         <v>2025</v>
       </c>
       <c r="C128">
-        <v>87</v>
+        <v>65</v>
       </c>
       <c r="D128" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E128" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F128" t="s">
-        <v>60</v>
+        <v>35</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>264</v>
+        <v>254</v>
       </c>
       <c r="H128" t="s">
-        <v>265</v>
+        <v>255</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129">
-        <v>535</v>
+        <v>507</v>
       </c>
       <c r="B129">
         <v>2025</v>
       </c>
       <c r="C129">
-        <v>88</v>
+        <v>66</v>
       </c>
       <c r="D129" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E129" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F129" t="s">
-        <v>110</v>
+        <v>83</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>266</v>
+        <v>256</v>
       </c>
       <c r="H129" t="s">
-        <v>267</v>
+        <v>257</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130">
-        <v>536</v>
+        <v>508</v>
       </c>
       <c r="B130">
         <v>2025</v>
       </c>
       <c r="C130">
-        <v>89</v>
+        <v>67</v>
       </c>
       <c r="D130" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E130" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F130" t="s">
-        <v>110</v>
+        <v>21</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>268</v>
+        <v>258</v>
       </c>
       <c r="H130" t="s">
-        <v>269</v>
+        <v>259</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131">
-        <v>537</v>
+        <v>509</v>
       </c>
       <c r="B131">
         <v>2025</v>
       </c>
       <c r="C131">
-        <v>90</v>
+        <v>68</v>
       </c>
       <c r="D131" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E131" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F131" t="s">
-        <v>101</v>
+        <v>21</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>270</v>
+        <v>260</v>
       </c>
       <c r="H131" t="s">
-        <v>271</v>
+        <v>261</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132">
-        <v>539</v>
+        <v>510</v>
       </c>
       <c r="B132">
         <v>2025</v>
       </c>
       <c r="C132">
-        <v>91</v>
+        <v>69</v>
       </c>
       <c r="D132" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E132" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F132" t="s">
-        <v>52</v>
+        <v>173</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>272</v>
+        <v>262</v>
       </c>
       <c r="H132" t="s">
-        <v>273</v>
+        <v>263</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133">
-        <v>541</v>
+        <v>511</v>
       </c>
       <c r="B133">
         <v>2025</v>
       </c>
       <c r="C133">
-        <v>92</v>
+        <v>70</v>
       </c>
       <c r="D133" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E133" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F133" t="s">
-        <v>60</v>
+        <v>106</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>274</v>
+        <v>264</v>
       </c>
       <c r="H133" t="s">
-        <v>275</v>
+        <v>265</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134">
-        <v>547</v>
+        <v>513</v>
       </c>
       <c r="B134">
         <v>2025</v>
       </c>
       <c r="C134">
-        <v>93</v>
+        <v>71</v>
       </c>
       <c r="D134" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E134" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F134" t="s">
-        <v>60</v>
+        <v>86</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>276</v>
+        <v>266</v>
       </c>
       <c r="H134" t="s">
-        <v>277</v>
+        <v>267</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135">
-        <v>548</v>
+        <v>514</v>
       </c>
       <c r="B135">
         <v>2025</v>
       </c>
       <c r="C135">
-        <v>94</v>
+        <v>72</v>
       </c>
       <c r="D135" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E135" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F135" t="s">
-        <v>139</v>
+        <v>186</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>278</v>
+        <v>268</v>
       </c>
       <c r="H135" t="s">
-        <v>279</v>
+        <v>269</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136">
-        <v>549</v>
+        <v>516</v>
       </c>
       <c r="B136">
         <v>2025</v>
       </c>
       <c r="C136">
-        <v>95</v>
+        <v>73</v>
       </c>
       <c r="D136" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E136" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F136" t="s">
-        <v>101</v>
+        <v>186</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>280</v>
+        <v>270</v>
       </c>
       <c r="H136" t="s">
-        <v>281</v>
+        <v>271</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137">
-        <v>550</v>
+        <v>517</v>
       </c>
       <c r="B137">
         <v>2025</v>
       </c>
       <c r="C137">
-        <v>96</v>
+        <v>74</v>
       </c>
       <c r="D137" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E137" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F137" t="s">
-        <v>55</v>
+        <v>83</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>282</v>
+        <v>272</v>
       </c>
       <c r="H137" t="s">
-        <v>283</v>
+        <v>273</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138">
-        <v>551</v>
+        <v>518</v>
       </c>
       <c r="B138">
         <v>2025</v>
       </c>
       <c r="C138">
-        <v>97</v>
+        <v>75</v>
       </c>
       <c r="D138" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E138" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F138" t="s">
-        <v>152</v>
+        <v>83</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>284</v>
+        <v>274</v>
       </c>
       <c r="H138" t="s">
-        <v>285</v>
+        <v>275</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139">
-        <v>552</v>
+        <v>519</v>
       </c>
       <c r="B139">
         <v>2025</v>
       </c>
       <c r="C139">
-        <v>98</v>
+        <v>76</v>
       </c>
       <c r="D139" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E139" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F139" t="s">
-        <v>110</v>
+        <v>136</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>286</v>
+        <v>276</v>
       </c>
       <c r="H139" t="s">
-        <v>287</v>
+        <v>277</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140">
-        <v>553</v>
+        <v>520</v>
       </c>
       <c r="B140">
         <v>2025</v>
       </c>
       <c r="C140">
-        <v>99</v>
+        <v>77</v>
       </c>
       <c r="D140" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E140" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F140" t="s">
-        <v>110</v>
+        <v>173</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>288</v>
+        <v>278</v>
       </c>
       <c r="H140" t="s">
-        <v>289</v>
+        <v>279</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141">
-        <v>555</v>
+        <v>521</v>
       </c>
       <c r="B141">
         <v>2025</v>
       </c>
       <c r="C141">
-        <v>100</v>
+        <v>78</v>
       </c>
       <c r="D141" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E141" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F141" t="s">
-        <v>86</v>
+        <v>173</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>290</v>
+        <v>280</v>
       </c>
       <c r="H141" t="s">
-        <v>291</v>
+        <v>281</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142">
-        <v>556</v>
+        <v>522</v>
       </c>
       <c r="B142">
         <v>2025</v>
       </c>
       <c r="C142">
-        <v>101</v>
+        <v>79</v>
       </c>
       <c r="D142" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E142" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F142" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>292</v>
+        <v>282</v>
       </c>
       <c r="H142" t="s">
-        <v>293</v>
+        <v>283</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143">
-        <v>557</v>
+        <v>523</v>
       </c>
       <c r="B143">
         <v>2025</v>
       </c>
       <c r="C143">
-        <v>102</v>
+        <v>80</v>
       </c>
       <c r="D143" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E143" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F143" t="s">
-        <v>101</v>
+        <v>35</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>294</v>
+        <v>284</v>
       </c>
       <c r="H143" t="s">
-        <v>295</v>
+        <v>285</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144">
-        <v>559</v>
+        <v>524</v>
       </c>
       <c r="B144">
         <v>2025</v>
       </c>
       <c r="C144">
-        <v>103</v>
+        <v>81</v>
       </c>
       <c r="D144" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E144" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F144" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>296</v>
+        <v>286</v>
       </c>
       <c r="H144" t="s">
-        <v>297</v>
+        <v>287</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145">
-        <v>561</v>
+        <v>525</v>
       </c>
       <c r="B145">
         <v>2025</v>
       </c>
       <c r="C145">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="D145" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E145" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F145" t="s">
-        <v>52</v>
+        <v>83</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>298</v>
+        <v>288</v>
       </c>
       <c r="H145" t="s">
-        <v>299</v>
+        <v>289</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146">
-        <v>562</v>
+        <v>526</v>
       </c>
       <c r="B146">
         <v>2025</v>
       </c>
       <c r="C146">
-        <v>105</v>
+        <v>83</v>
       </c>
       <c r="D146" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E146" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F146" t="s">
-        <v>52</v>
+        <v>35</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>300</v>
+        <v>290</v>
       </c>
       <c r="H146" t="s">
-        <v>301</v>
+        <v>291</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147">
-        <v>563</v>
+        <v>527</v>
       </c>
       <c r="B147">
         <v>2025</v>
       </c>
       <c r="C147">
-        <v>106</v>
+        <v>84</v>
       </c>
       <c r="D147" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E147" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F147" t="s">
-        <v>152</v>
+        <v>35</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>302</v>
+        <v>292</v>
       </c>
       <c r="H147" t="s">
-        <v>303</v>
+        <v>293</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148">
-        <v>564</v>
+        <v>528</v>
       </c>
       <c r="B148">
         <v>2025</v>
       </c>
       <c r="C148">
-        <v>107</v>
+        <v>85</v>
       </c>
       <c r="D148" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E148" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F148" t="s">
-        <v>132</v>
+        <v>186</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>304</v>
+        <v>294</v>
       </c>
       <c r="H148" t="s">
-        <v>305</v>
+        <v>295</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149">
-        <v>565</v>
+        <v>533</v>
       </c>
       <c r="B149">
         <v>2025</v>
       </c>
       <c r="C149">
-        <v>108</v>
+        <v>86</v>
       </c>
       <c r="D149" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E149" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F149" t="s">
-        <v>127</v>
+        <v>173</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>306</v>
+        <v>296</v>
       </c>
       <c r="H149" t="s">
-        <v>307</v>
+        <v>297</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150">
-        <v>566</v>
+        <v>534</v>
       </c>
       <c r="B150">
         <v>2025</v>
       </c>
       <c r="C150">
-        <v>109</v>
+        <v>87</v>
       </c>
       <c r="D150" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E150" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F150" t="s">
-        <v>77</v>
+        <v>35</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>308</v>
+        <v>298</v>
       </c>
       <c r="H150" t="s">
-        <v>309</v>
+        <v>299</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151">
-        <v>567</v>
+        <v>535</v>
       </c>
       <c r="B151">
         <v>2025</v>
       </c>
       <c r="C151">
-        <v>110</v>
+        <v>88</v>
       </c>
       <c r="D151" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E151" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F151" t="s">
-        <v>60</v>
+        <v>145</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>310</v>
+        <v>300</v>
       </c>
       <c r="H151" t="s">
-        <v>311</v>
+        <v>301</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152">
-        <v>568</v>
+        <v>536</v>
       </c>
       <c r="B152">
         <v>2025</v>
       </c>
       <c r="C152">
-        <v>111</v>
+        <v>89</v>
       </c>
       <c r="D152" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E152" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F152" t="s">
-        <v>86</v>
+        <v>145</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>312</v>
+        <v>302</v>
       </c>
       <c r="H152" t="s">
-        <v>313</v>
+        <v>303</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153">
-        <v>570</v>
+        <v>537</v>
       </c>
       <c r="B153">
         <v>2025</v>
       </c>
       <c r="C153">
-        <v>112</v>
+        <v>90</v>
       </c>
       <c r="D153" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E153" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F153" t="s">
-        <v>77</v>
+        <v>136</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>314</v>
+        <v>304</v>
       </c>
       <c r="H153" t="s">
-        <v>315</v>
+        <v>305</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154">
-        <v>571</v>
+        <v>539</v>
       </c>
       <c r="B154">
         <v>2025</v>
       </c>
       <c r="C154">
-        <v>113</v>
+        <v>91</v>
       </c>
       <c r="D154" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E154" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F154" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>316</v>
+        <v>306</v>
       </c>
       <c r="H154" t="s">
-        <v>317</v>
+        <v>307</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155">
-        <v>573</v>
+        <v>541</v>
       </c>
       <c r="B155">
         <v>2025</v>
       </c>
       <c r="C155">
-        <v>114</v>
+        <v>92</v>
       </c>
       <c r="D155" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E155" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F155" t="s">
-        <v>101</v>
+        <v>35</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>318</v>
+        <v>308</v>
       </c>
       <c r="H155" t="s">
-        <v>319</v>
+        <v>309</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156">
-        <v>574</v>
+        <v>547</v>
       </c>
       <c r="B156">
         <v>2025</v>
       </c>
       <c r="C156">
-        <v>115</v>
+        <v>93</v>
       </c>
       <c r="D156" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E156" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F156" t="s">
-        <v>60</v>
+        <v>35</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>320</v>
+        <v>310</v>
       </c>
       <c r="H156" t="s">
-        <v>321</v>
+        <v>311</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157">
-        <v>575</v>
+        <v>548</v>
       </c>
       <c r="B157">
         <v>2025</v>
       </c>
       <c r="C157">
-        <v>116</v>
+        <v>94</v>
       </c>
       <c r="D157" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E157" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F157" t="s">
-        <v>86</v>
+        <v>173</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>322</v>
+        <v>312</v>
       </c>
       <c r="H157" t="s">
-        <v>323</v>
+        <v>313</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158">
-        <v>579</v>
+        <v>549</v>
       </c>
       <c r="B158">
         <v>2025</v>
       </c>
       <c r="C158">
-        <v>117</v>
+        <v>95</v>
       </c>
       <c r="D158" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E158" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F158" t="s">
-        <v>86</v>
+        <v>136</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>324</v>
+        <v>314</v>
       </c>
       <c r="H158" t="s">
-        <v>325</v>
+        <v>315</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159">
-        <v>580</v>
+        <v>550</v>
       </c>
       <c r="B159">
         <v>2025</v>
       </c>
       <c r="C159">
-        <v>118</v>
+        <v>96</v>
       </c>
       <c r="D159" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E159" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F159" t="s">
-        <v>60</v>
+        <v>86</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>326</v>
+        <v>316</v>
       </c>
       <c r="H159" t="s">
-        <v>327</v>
+        <v>317</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160">
-        <v>582</v>
+        <v>551</v>
       </c>
       <c r="B160">
         <v>2025</v>
       </c>
       <c r="C160">
-        <v>119</v>
+        <v>97</v>
       </c>
       <c r="D160" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E160" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F160" t="s">
-        <v>110</v>
+        <v>186</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>328</v>
+        <v>318</v>
       </c>
       <c r="H160" t="s">
-        <v>329</v>
+        <v>319</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161">
-        <v>584</v>
+        <v>552</v>
       </c>
       <c r="B161">
         <v>2025</v>
       </c>
       <c r="C161">
-        <v>120</v>
+        <v>98</v>
       </c>
       <c r="D161" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E161" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F161" t="s">
-        <v>132</v>
+        <v>145</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>330</v>
+        <v>320</v>
       </c>
       <c r="H161" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162">
-        <v>589</v>
+        <v>553</v>
       </c>
       <c r="B162">
         <v>2025</v>
       </c>
       <c r="C162">
-        <v>121</v>
+        <v>99</v>
       </c>
       <c r="D162" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E162" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F162" t="s">
-        <v>60</v>
+        <v>145</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>332</v>
+        <v>322</v>
       </c>
       <c r="H162" t="s">
-        <v>333</v>
+        <v>323</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163">
-        <v>594</v>
+        <v>555</v>
       </c>
       <c r="B163">
         <v>2025</v>
       </c>
       <c r="C163">
-        <v>122</v>
+        <v>100</v>
       </c>
       <c r="D163" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E163" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F163" t="s">
-        <v>52</v>
+        <v>106</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>334</v>
+        <v>324</v>
       </c>
       <c r="H163" t="s">
-        <v>335</v>
+        <v>325</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164">
-        <v>595</v>
+        <v>556</v>
       </c>
       <c r="B164">
         <v>2025</v>
       </c>
       <c r="C164">
-        <v>123</v>
+        <v>101</v>
       </c>
       <c r="D164" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E164" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F164" t="s">
-        <v>101</v>
+        <v>173</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>336</v>
+        <v>326</v>
       </c>
       <c r="H164" t="s">
-        <v>337</v>
+        <v>327</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165">
-        <v>596</v>
+        <v>557</v>
       </c>
       <c r="B165">
         <v>2025</v>
       </c>
       <c r="C165">
-        <v>124</v>
+        <v>102</v>
       </c>
       <c r="D165" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E165" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F165" t="s">
-        <v>127</v>
+        <v>136</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>338</v>
+        <v>328</v>
       </c>
       <c r="H165" t="s">
-        <v>339</v>
+        <v>329</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166">
-        <v>597</v>
+        <v>559</v>
       </c>
       <c r="B166">
         <v>2025</v>
       </c>
       <c r="C166">
-        <v>125</v>
+        <v>103</v>
       </c>
       <c r="D166" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E166" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F166" t="s">
-        <v>52</v>
+        <v>166</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>340</v>
+        <v>330</v>
       </c>
       <c r="H166" t="s">
-        <v>341</v>
+        <v>331</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167">
-        <v>598</v>
+        <v>561</v>
       </c>
       <c r="B167">
         <v>2025</v>
       </c>
       <c r="C167">
-        <v>126</v>
+        <v>104</v>
       </c>
       <c r="D167" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E167" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F167" t="s">
-        <v>110</v>
+        <v>83</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>342</v>
+        <v>332</v>
       </c>
       <c r="H167" t="s">
-        <v>343</v>
+        <v>333</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168">
-        <v>599</v>
+        <v>562</v>
       </c>
       <c r="B168">
         <v>2025</v>
       </c>
       <c r="C168">
-        <v>127</v>
+        <v>105</v>
       </c>
       <c r="D168" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E168" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F168" t="s">
-        <v>60</v>
+        <v>83</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>344</v>
+        <v>334</v>
       </c>
       <c r="H168" t="s">
-        <v>345</v>
+        <v>335</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169">
-        <v>600</v>
+        <v>563</v>
       </c>
       <c r="B169">
         <v>2025</v>
       </c>
       <c r="C169">
-        <v>128</v>
+        <v>106</v>
       </c>
       <c r="D169" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E169" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F169" t="s">
-        <v>127</v>
+        <v>186</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>11</v>
+        <v>336</v>
       </c>
       <c r="H169" t="s">
-        <v>346</v>
+        <v>337</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170">
-        <v>602</v>
+        <v>564</v>
       </c>
       <c r="B170">
         <v>2025</v>
       </c>
       <c r="C170">
-        <v>129</v>
+        <v>107</v>
       </c>
       <c r="D170" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E170" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F170" t="s">
-        <v>132</v>
+        <v>166</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>11</v>
+        <v>338</v>
       </c>
       <c r="H170" t="s">
-        <v>347</v>
+        <v>339</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171">
-        <v>603</v>
+        <v>565</v>
       </c>
       <c r="B171">
         <v>2025</v>
       </c>
       <c r="C171">
-        <v>130</v>
+        <v>108</v>
       </c>
       <c r="D171" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E171" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F171" t="s">
-        <v>60</v>
+        <v>115</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>11</v>
+        <v>340</v>
       </c>
       <c r="H171" t="s">
-        <v>348</v>
+        <v>341</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172">
-        <v>604</v>
+        <v>566</v>
       </c>
       <c r="B172">
         <v>2025</v>
       </c>
       <c r="C172">
-        <v>131</v>
+        <v>109</v>
       </c>
       <c r="D172" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E172" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F172" t="s">
-        <v>60</v>
+        <v>21</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>11</v>
+        <v>342</v>
       </c>
       <c r="H172" t="s">
-        <v>349</v>
+        <v>343</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173">
-        <v>605</v>
+        <v>567</v>
       </c>
       <c r="B173">
         <v>2025</v>
       </c>
       <c r="C173">
-        <v>132</v>
+        <v>110</v>
       </c>
       <c r="D173" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E173" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F173" t="s">
-        <v>127</v>
+        <v>35</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>11</v>
+        <v>344</v>
       </c>
       <c r="H173" t="s">
-        <v>350</v>
+        <v>345</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174">
-        <v>607</v>
+        <v>568</v>
       </c>
       <c r="B174">
         <v>2025</v>
       </c>
       <c r="C174">
-        <v>133</v>
+        <v>111</v>
       </c>
       <c r="D174" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E174" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F174" t="s">
-        <v>77</v>
+        <v>106</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>11</v>
+        <v>346</v>
       </c>
       <c r="H174" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175">
-        <v>608</v>
+        <v>570</v>
       </c>
       <c r="B175">
         <v>2025</v>
       </c>
       <c r="C175">
-        <v>134</v>
+        <v>112</v>
       </c>
       <c r="D175" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E175" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F175" t="s">
-        <v>77</v>
+        <v>21</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>11</v>
+        <v>348</v>
       </c>
       <c r="H175" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176">
-        <v>609</v>
+        <v>571</v>
       </c>
       <c r="B176">
         <v>2025</v>
       </c>
       <c r="C176">
-        <v>135</v>
+        <v>113</v>
       </c>
       <c r="D176" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E176" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F176" t="s">
-        <v>132</v>
+        <v>21</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>11</v>
+        <v>350</v>
       </c>
       <c r="H176" t="s">
-        <v>353</v>
+        <v>351</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177">
-        <v>612</v>
+        <v>573</v>
       </c>
       <c r="B177">
         <v>2025</v>
       </c>
       <c r="C177">
+        <v>114</v>
+      </c>
+      <c r="D177" t="s">
+        <v>120</v>
+      </c>
+      <c r="E177" t="s">
+        <v>121</v>
+      </c>
+      <c r="F177" t="s">
         <v>136</v>
       </c>
-      <c r="D177" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G177" s="1" t="s">
-        <v>11</v>
+        <v>352</v>
       </c>
       <c r="H177" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178">
-        <v>613</v>
+        <v>574</v>
       </c>
       <c r="B178">
         <v>2025</v>
       </c>
       <c r="C178">
-        <v>137</v>
+        <v>115</v>
       </c>
       <c r="D178" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E178" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F178" t="s">
-        <v>52</v>
+        <v>35</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>11</v>
+        <v>354</v>
       </c>
       <c r="H178" t="s">
         <v>355</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179">
-        <v>614</v>
+        <v>575</v>
       </c>
       <c r="B179">
         <v>2025</v>
       </c>
       <c r="C179">
-        <v>138</v>
+        <v>116</v>
       </c>
       <c r="D179" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E179" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F179" t="s">
-        <v>152</v>
+        <v>106</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>11</v>
+        <v>356</v>
       </c>
       <c r="H179" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180">
-        <v>616</v>
+        <v>579</v>
       </c>
       <c r="B180">
         <v>2025</v>
       </c>
       <c r="C180">
-        <v>139</v>
+        <v>117</v>
       </c>
       <c r="D180" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E180" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F180" t="s">
-        <v>127</v>
+        <v>106</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>11</v>
+        <v>358</v>
       </c>
       <c r="H180" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181">
-        <v>617</v>
+        <v>580</v>
       </c>
       <c r="B181">
         <v>2025</v>
       </c>
       <c r="C181">
-        <v>140</v>
+        <v>118</v>
       </c>
       <c r="D181" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E181" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F181" t="s">
-        <v>127</v>
+        <v>35</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>11</v>
+        <v>360</v>
       </c>
       <c r="H181" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182">
-        <v>620</v>
+        <v>582</v>
       </c>
       <c r="B182">
         <v>2025</v>
       </c>
       <c r="C182">
-        <v>141</v>
+        <v>119</v>
       </c>
       <c r="D182" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E182" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F182" t="s">
-        <v>110</v>
+        <v>145</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>11</v>
+        <v>362</v>
       </c>
       <c r="H182" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183">
-        <v>626</v>
+        <v>584</v>
       </c>
       <c r="B183">
         <v>2025</v>
       </c>
       <c r="C183">
-        <v>142</v>
+        <v>120</v>
       </c>
       <c r="D183" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E183" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F183" t="s">
-        <v>152</v>
+        <v>166</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>11</v>
+        <v>364</v>
       </c>
       <c r="H183" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184">
-        <v>627</v>
+        <v>589</v>
       </c>
       <c r="B184">
         <v>2025</v>
       </c>
       <c r="C184">
-        <v>143</v>
+        <v>121</v>
       </c>
       <c r="D184" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E184" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F184" t="s">
-        <v>52</v>
+        <v>35</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>11</v>
+        <v>366</v>
       </c>
       <c r="H184" t="s">
-        <v>361</v>
+        <v>367</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185">
-        <v>629</v>
+        <v>594</v>
       </c>
       <c r="B185">
         <v>2025</v>
       </c>
       <c r="C185">
-        <v>144</v>
+        <v>122</v>
       </c>
       <c r="D185" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E185" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F185" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>11</v>
+        <v>368</v>
       </c>
       <c r="H185" t="s">
-        <v>362</v>
+        <v>369</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186">
-        <v>630</v>
+        <v>595</v>
       </c>
       <c r="B186">
         <v>2025</v>
       </c>
       <c r="C186">
-        <v>145</v>
+        <v>123</v>
       </c>
       <c r="D186" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E186" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F186" t="s">
-        <v>77</v>
+        <v>136</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>11</v>
+        <v>370</v>
       </c>
       <c r="H186" t="s">
-        <v>363</v>
+        <v>371</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187">
-        <v>631</v>
+        <v>596</v>
       </c>
       <c r="B187">
         <v>2025</v>
       </c>
       <c r="C187">
-        <v>146</v>
+        <v>124</v>
       </c>
       <c r="D187" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E187" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F187" t="s">
-        <v>52</v>
+        <v>115</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>11</v>
+        <v>372</v>
       </c>
       <c r="H187" t="s">
-        <v>364</v>
+        <v>373</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188">
-        <v>632</v>
+        <v>597</v>
       </c>
       <c r="B188">
         <v>2025</v>
       </c>
       <c r="C188">
-        <v>147</v>
+        <v>125</v>
       </c>
       <c r="D188" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E188" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F188" t="s">
-        <v>127</v>
+        <v>83</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>11</v>
+        <v>374</v>
       </c>
       <c r="H188" t="s">
-        <v>365</v>
+        <v>375</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189">
-        <v>636</v>
+        <v>598</v>
       </c>
       <c r="B189">
         <v>2025</v>
       </c>
       <c r="C189">
-        <v>148</v>
+        <v>126</v>
       </c>
       <c r="D189" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E189" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F189" t="s">
-        <v>127</v>
+        <v>145</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>11</v>
+        <v>376</v>
       </c>
       <c r="H189" t="s">
-        <v>366</v>
+        <v>377</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190">
-        <v>637</v>
+        <v>599</v>
       </c>
       <c r="B190">
         <v>2025</v>
       </c>
       <c r="C190">
-        <v>149</v>
+        <v>127</v>
       </c>
       <c r="D190" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E190" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F190" t="s">
-        <v>139</v>
+        <v>35</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>11</v>
+        <v>378</v>
       </c>
       <c r="H190" t="s">
-        <v>367</v>
+        <v>379</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191">
-        <v>638</v>
+        <v>600</v>
       </c>
       <c r="B191">
         <v>2025</v>
       </c>
       <c r="C191">
-        <v>150</v>
+        <v>128</v>
       </c>
       <c r="D191" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E191" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F191" t="s">
-        <v>139</v>
+        <v>115</v>
       </c>
       <c r="G191" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H191" t="s">
-        <v>368</v>
+        <v>380</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192">
-        <v>639</v>
+        <v>602</v>
       </c>
       <c r="B192">
         <v>2025</v>
       </c>
       <c r="C192">
-        <v>151</v>
+        <v>129</v>
       </c>
       <c r="D192" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E192" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F192" t="s">
-        <v>52</v>
+        <v>166</v>
       </c>
       <c r="G192" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H192" t="s">
-        <v>369</v>
+        <v>381</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193">
-        <v>643</v>
+        <v>603</v>
       </c>
       <c r="B193">
         <v>2025</v>
       </c>
       <c r="C193">
-        <v>152</v>
+        <v>130</v>
       </c>
       <c r="D193" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E193" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F193" t="s">
-        <v>86</v>
+        <v>35</v>
       </c>
       <c r="G193" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H193" t="s">
-        <v>126</v>
+        <v>382</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194">
-        <v>644</v>
+        <v>604</v>
       </c>
       <c r="B194">
         <v>2025</v>
       </c>
       <c r="C194">
-        <v>153</v>
+        <v>131</v>
       </c>
       <c r="D194" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E194" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F194" t="s">
-        <v>86</v>
+        <v>35</v>
       </c>
       <c r="G194" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H194" t="s">
-        <v>370</v>
+        <v>383</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195">
-        <v>645</v>
+        <v>605</v>
       </c>
       <c r="B195">
         <v>2025</v>
       </c>
       <c r="C195">
-        <v>154</v>
+        <v>132</v>
       </c>
       <c r="D195" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E195" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F195" t="s">
-        <v>101</v>
+        <v>115</v>
       </c>
       <c r="G195" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H195" t="s">
-        <v>295</v>
+        <v>384</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196">
-        <v>646</v>
+        <v>607</v>
       </c>
       <c r="B196">
         <v>2025</v>
       </c>
       <c r="C196">
-        <v>155</v>
+        <v>133</v>
       </c>
       <c r="D196" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E196" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F196" t="s">
-        <v>132</v>
+        <v>21</v>
       </c>
       <c r="G196" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H196" t="s">
-        <v>371</v>
+        <v>385</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197">
-        <v>647</v>
+        <v>608</v>
       </c>
       <c r="B197">
         <v>2025</v>
       </c>
       <c r="C197">
-        <v>156</v>
+        <v>134</v>
       </c>
       <c r="D197" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E197" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F197" t="s">
-        <v>60</v>
+        <v>21</v>
       </c>
       <c r="G197" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H197" t="s">
-        <v>372</v>
+        <v>386</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198">
-        <v>648</v>
+        <v>609</v>
       </c>
       <c r="B198">
         <v>2025</v>
       </c>
       <c r="C198">
-        <v>157</v>
+        <v>135</v>
       </c>
       <c r="D198" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="E198" t="s">
-        <v>85</v>
+        <v>121</v>
       </c>
       <c r="F198" t="s">
-        <v>60</v>
+        <v>166</v>
       </c>
       <c r="G198" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H198" t="s">
-        <v>373</v>
+        <v>387</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199">
-        <v>477</v>
+        <v>612</v>
       </c>
       <c r="B199">
         <v>2025</v>
       </c>
       <c r="C199">
-        <v>1</v>
+        <v>136</v>
       </c>
       <c r="D199" t="s">
-        <v>374</v>
+        <v>120</v>
       </c>
       <c r="E199" t="s">
-        <v>375</v>
+        <v>121</v>
       </c>
       <c r="F199" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="G199" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H199" t="s">
-        <v>376</v>
+        <v>388</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200">
-        <v>544</v>
+        <v>613</v>
       </c>
       <c r="B200">
         <v>2025</v>
       </c>
       <c r="C200">
-        <v>2</v>
+        <v>137</v>
       </c>
       <c r="D200" t="s">
-        <v>374</v>
+        <v>120</v>
       </c>
       <c r="E200" t="s">
-        <v>375</v>
+        <v>121</v>
       </c>
       <c r="F200" t="s">
-        <v>60</v>
+        <v>83</v>
       </c>
       <c r="G200" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H200" t="s">
-        <v>377</v>
+        <v>389</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201">
-        <v>545</v>
+        <v>614</v>
       </c>
       <c r="B201">
         <v>2025</v>
       </c>
       <c r="C201">
-        <v>3</v>
+        <v>138</v>
       </c>
       <c r="D201" t="s">
-        <v>374</v>
+        <v>120</v>
       </c>
       <c r="E201" t="s">
-        <v>375</v>
+        <v>121</v>
       </c>
       <c r="F201" t="s">
-        <v>55</v>
+        <v>186</v>
       </c>
       <c r="G201" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H201" t="s">
-        <v>378</v>
+        <v>390</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202">
-        <v>546</v>
+        <v>616</v>
       </c>
       <c r="B202">
         <v>2025</v>
       </c>
       <c r="C202">
-        <v>4</v>
+        <v>139</v>
       </c>
       <c r="D202" t="s">
-        <v>374</v>
+        <v>120</v>
       </c>
       <c r="E202" t="s">
-        <v>375</v>
+        <v>121</v>
       </c>
       <c r="F202" t="s">
-        <v>86</v>
+        <v>115</v>
       </c>
       <c r="G202" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H202" t="s">
-        <v>379</v>
+        <v>391</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203">
-        <v>572</v>
+        <v>617</v>
       </c>
       <c r="B203">
         <v>2025</v>
       </c>
       <c r="C203">
-        <v>5</v>
+        <v>140</v>
       </c>
       <c r="D203" t="s">
-        <v>374</v>
+        <v>120</v>
       </c>
       <c r="E203" t="s">
-        <v>375</v>
+        <v>121</v>
       </c>
       <c r="F203" t="s">
-        <v>52</v>
+        <v>115</v>
       </c>
       <c r="G203" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H203" t="s">
-        <v>380</v>
+        <v>392</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204">
-        <v>585</v>
+        <v>620</v>
       </c>
       <c r="B204">
         <v>2025</v>
       </c>
       <c r="C204">
-        <v>6</v>
+        <v>141</v>
       </c>
       <c r="D204" t="s">
-        <v>374</v>
+        <v>120</v>
       </c>
       <c r="E204" t="s">
-        <v>375</v>
+        <v>121</v>
       </c>
       <c r="F204" t="s">
-        <v>60</v>
+        <v>145</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>11</v>
+        <v>393</v>
       </c>
       <c r="H204" t="s">
-        <v>381</v>
+        <v>394</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205">
-        <v>641</v>
+        <v>626</v>
       </c>
       <c r="B205">
         <v>2025</v>
       </c>
       <c r="C205">
-        <v>7</v>
+        <v>142</v>
       </c>
       <c r="D205" t="s">
-        <v>374</v>
+        <v>120</v>
       </c>
       <c r="E205" t="s">
-        <v>375</v>
+        <v>121</v>
       </c>
       <c r="F205" t="s">
-        <v>382</v>
+        <v>186</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>11</v>
+        <v>395</v>
       </c>
       <c r="H205" t="s">
-        <v>383</v>
+        <v>396</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206">
-        <v>642</v>
+        <v>627</v>
       </c>
       <c r="B206">
         <v>2025</v>
       </c>
       <c r="C206">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="D206" t="s">
-        <v>374</v>
+        <v>120</v>
       </c>
       <c r="E206" t="s">
-        <v>375</v>
+        <v>121</v>
       </c>
       <c r="F206" t="s">
-        <v>127</v>
+        <v>83</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>11</v>
+        <v>397</v>
       </c>
       <c r="H206" t="s">
-        <v>384</v>
+        <v>398</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207">
-        <v>554</v>
+        <v>629</v>
       </c>
       <c r="B207">
         <v>2025</v>
       </c>
       <c r="C207">
-        <v>1</v>
+        <v>144</v>
       </c>
       <c r="D207" t="s">
-        <v>385</v>
+        <v>120</v>
       </c>
       <c r="E207" t="s">
-        <v>386</v>
+        <v>121</v>
       </c>
       <c r="F207" t="s">
-        <v>152</v>
+        <v>21</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>11</v>
+        <v>399</v>
       </c>
       <c r="H207" t="s">
-        <v>387</v>
+        <v>400</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208">
-        <v>569</v>
+        <v>630</v>
       </c>
       <c r="B208">
         <v>2025</v>
       </c>
       <c r="C208">
-        <v>2</v>
+        <v>145</v>
       </c>
       <c r="D208" t="s">
-        <v>385</v>
+        <v>120</v>
       </c>
       <c r="E208" t="s">
-        <v>386</v>
+        <v>121</v>
       </c>
       <c r="F208" t="s">
-        <v>52</v>
+        <v>21</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>11</v>
+        <v>401</v>
       </c>
       <c r="H208" t="s">
-        <v>388</v>
+        <v>402</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209">
-        <v>618</v>
+        <v>631</v>
       </c>
       <c r="B209">
         <v>2025</v>
       </c>
       <c r="C209">
-        <v>3</v>
+        <v>146</v>
       </c>
       <c r="D209" t="s">
-        <v>385</v>
+        <v>120</v>
       </c>
       <c r="E209" t="s">
-        <v>386</v>
+        <v>121</v>
       </c>
       <c r="F209" t="s">
-        <v>127</v>
+        <v>83</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>11</v>
+        <v>403</v>
       </c>
       <c r="H209" t="s">
-        <v>389</v>
+        <v>404</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210">
-        <v>619</v>
+        <v>632</v>
       </c>
       <c r="B210">
         <v>2025</v>
       </c>
       <c r="C210">
-        <v>1</v>
+        <v>147</v>
       </c>
       <c r="D210" t="s">
-        <v>390</v>
+        <v>120</v>
       </c>
       <c r="E210" t="s">
-        <v>391</v>
+        <v>121</v>
       </c>
       <c r="F210" t="s">
-        <v>392</v>
+        <v>115</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>11</v>
+        <v>405</v>
       </c>
       <c r="H210" t="s">
-        <v>393</v>
+        <v>406</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211">
+        <v>636</v>
+      </c>
+      <c r="B211">
+        <v>2025</v>
+      </c>
+      <c r="C211">
+        <v>148</v>
+      </c>
+      <c r="D211" t="s">
+        <v>120</v>
+      </c>
+      <c r="E211" t="s">
+        <v>121</v>
+      </c>
+      <c r="F211" t="s">
+        <v>115</v>
+      </c>
+      <c r="G211" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="H211" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="212" spans="1:8">
+      <c r="A212">
+        <v>637</v>
+      </c>
+      <c r="B212">
+        <v>2025</v>
+      </c>
+      <c r="C212">
+        <v>149</v>
+      </c>
+      <c r="D212" t="s">
+        <v>120</v>
+      </c>
+      <c r="E212" t="s">
+        <v>121</v>
+      </c>
+      <c r="F212" t="s">
+        <v>173</v>
+      </c>
+      <c r="G212" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="H212" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="213" spans="1:8">
+      <c r="A213">
+        <v>638</v>
+      </c>
+      <c r="B213">
+        <v>2025</v>
+      </c>
+      <c r="C213">
+        <v>150</v>
+      </c>
+      <c r="D213" t="s">
+        <v>120</v>
+      </c>
+      <c r="E213" t="s">
+        <v>121</v>
+      </c>
+      <c r="F213" t="s">
+        <v>173</v>
+      </c>
+      <c r="G213" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="H213" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="214" spans="1:8">
+      <c r="A214">
+        <v>639</v>
+      </c>
+      <c r="B214">
+        <v>2025</v>
+      </c>
+      <c r="C214">
+        <v>151</v>
+      </c>
+      <c r="D214" t="s">
+        <v>120</v>
+      </c>
+      <c r="E214" t="s">
+        <v>121</v>
+      </c>
+      <c r="F214" t="s">
+        <v>83</v>
+      </c>
+      <c r="G214" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="H214" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="215" spans="1:8">
+      <c r="A215">
+        <v>643</v>
+      </c>
+      <c r="B215">
+        <v>2025</v>
+      </c>
+      <c r="C215">
+        <v>152</v>
+      </c>
+      <c r="D215" t="s">
+        <v>120</v>
+      </c>
+      <c r="E215" t="s">
+        <v>121</v>
+      </c>
+      <c r="F215" t="s">
+        <v>106</v>
+      </c>
+      <c r="G215" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="H215" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="216" spans="1:8">
+      <c r="A216">
+        <v>644</v>
+      </c>
+      <c r="B216">
+        <v>2025</v>
+      </c>
+      <c r="C216">
+        <v>153</v>
+      </c>
+      <c r="D216" t="s">
+        <v>120</v>
+      </c>
+      <c r="E216" t="s">
+        <v>121</v>
+      </c>
+      <c r="F216" t="s">
+        <v>106</v>
+      </c>
+      <c r="G216" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="H216" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="217" spans="1:8">
+      <c r="A217">
+        <v>645</v>
+      </c>
+      <c r="B217">
+        <v>2025</v>
+      </c>
+      <c r="C217">
+        <v>154</v>
+      </c>
+      <c r="D217" t="s">
+        <v>120</v>
+      </c>
+      <c r="E217" t="s">
+        <v>121</v>
+      </c>
+      <c r="F217" t="s">
+        <v>136</v>
+      </c>
+      <c r="G217" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="H217" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="218" spans="1:8">
+      <c r="A218">
+        <v>647</v>
+      </c>
+      <c r="B218">
+        <v>2025</v>
+      </c>
+      <c r="C218">
+        <v>155</v>
+      </c>
+      <c r="D218" t="s">
+        <v>120</v>
+      </c>
+      <c r="E218" t="s">
+        <v>121</v>
+      </c>
+      <c r="F218" t="s">
+        <v>35</v>
+      </c>
+      <c r="G218" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="H218" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="219" spans="1:8">
+      <c r="A219">
+        <v>648</v>
+      </c>
+      <c r="B219">
+        <v>2025</v>
+      </c>
+      <c r="C219">
+        <v>156</v>
+      </c>
+      <c r="D219" t="s">
+        <v>120</v>
+      </c>
+      <c r="E219" t="s">
+        <v>121</v>
+      </c>
+      <c r="F219" t="s">
+        <v>35</v>
+      </c>
+      <c r="G219" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="H219" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="220" spans="1:8">
+      <c r="A220">
+        <v>651</v>
+      </c>
+      <c r="B220">
+        <v>2025</v>
+      </c>
+      <c r="C220">
+        <v>157</v>
+      </c>
+      <c r="D220" t="s">
+        <v>120</v>
+      </c>
+      <c r="E220" t="s">
+        <v>121</v>
+      </c>
+      <c r="F220" t="s">
+        <v>21</v>
+      </c>
+      <c r="G220" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="H220" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="221" spans="1:8">
+      <c r="A221">
+        <v>654</v>
+      </c>
+      <c r="B221">
+        <v>2025</v>
+      </c>
+      <c r="C221">
+        <v>158</v>
+      </c>
+      <c r="D221" t="s">
+        <v>120</v>
+      </c>
+      <c r="E221" t="s">
+        <v>121</v>
+      </c>
+      <c r="F221" t="s">
+        <v>166</v>
+      </c>
+      <c r="G221" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="H221" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="222" spans="1:8">
+      <c r="A222">
+        <v>655</v>
+      </c>
+      <c r="B222">
+        <v>2025</v>
+      </c>
+      <c r="C222">
+        <v>159</v>
+      </c>
+      <c r="D222" t="s">
+        <v>120</v>
+      </c>
+      <c r="E222" t="s">
+        <v>121</v>
+      </c>
+      <c r="F222" t="s">
+        <v>186</v>
+      </c>
+      <c r="G222" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="H222" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="223" spans="1:8">
+      <c r="A223">
+        <v>656</v>
+      </c>
+      <c r="B223">
+        <v>2025</v>
+      </c>
+      <c r="C223">
+        <v>160</v>
+      </c>
+      <c r="D223" t="s">
+        <v>120</v>
+      </c>
+      <c r="E223" t="s">
+        <v>121</v>
+      </c>
+      <c r="F223" t="s">
+        <v>115</v>
+      </c>
+      <c r="G223" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H223" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="224" spans="1:8">
+      <c r="A224">
+        <v>657</v>
+      </c>
+      <c r="B224">
+        <v>2025</v>
+      </c>
+      <c r="C224">
+        <v>161</v>
+      </c>
+      <c r="D224" t="s">
+        <v>120</v>
+      </c>
+      <c r="E224" t="s">
+        <v>121</v>
+      </c>
+      <c r="F224" t="s">
+        <v>83</v>
+      </c>
+      <c r="G224" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="H224" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="225" spans="1:8">
+      <c r="A225">
+        <v>658</v>
+      </c>
+      <c r="B225">
+        <v>2025</v>
+      </c>
+      <c r="C225">
+        <v>162</v>
+      </c>
+      <c r="D225" t="s">
+        <v>120</v>
+      </c>
+      <c r="E225" t="s">
+        <v>121</v>
+      </c>
+      <c r="F225" t="s">
+        <v>145</v>
+      </c>
+      <c r="G225" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H225" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="226" spans="1:8">
+      <c r="A226">
+        <v>659</v>
+      </c>
+      <c r="B226">
+        <v>2025</v>
+      </c>
+      <c r="C226">
+        <v>163</v>
+      </c>
+      <c r="D226" t="s">
+        <v>120</v>
+      </c>
+      <c r="E226" t="s">
+        <v>121</v>
+      </c>
+      <c r="F226" t="s">
+        <v>115</v>
+      </c>
+      <c r="G226" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H226" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="227" spans="1:8">
+      <c r="A227">
+        <v>660</v>
+      </c>
+      <c r="B227">
+        <v>2025</v>
+      </c>
+      <c r="C227">
+        <v>164</v>
+      </c>
+      <c r="D227" t="s">
+        <v>120</v>
+      </c>
+      <c r="E227" t="s">
+        <v>121</v>
+      </c>
+      <c r="F227" t="s">
+        <v>115</v>
+      </c>
+      <c r="G227" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H227" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="228" spans="1:8">
+      <c r="A228">
+        <v>661</v>
+      </c>
+      <c r="B228">
+        <v>2025</v>
+      </c>
+      <c r="C228">
+        <v>165</v>
+      </c>
+      <c r="D228" t="s">
+        <v>120</v>
+      </c>
+      <c r="E228" t="s">
+        <v>121</v>
+      </c>
+      <c r="F228" t="s">
+        <v>435</v>
+      </c>
+      <c r="G228" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H228" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="229" spans="1:8">
+      <c r="A229">
+        <v>662</v>
+      </c>
+      <c r="B229">
+        <v>2025</v>
+      </c>
+      <c r="C229">
+        <v>166</v>
+      </c>
+      <c r="D229" t="s">
+        <v>120</v>
+      </c>
+      <c r="E229" t="s">
+        <v>121</v>
+      </c>
+      <c r="F229" t="s">
+        <v>435</v>
+      </c>
+      <c r="G229" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H229" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="230" spans="1:8">
+      <c r="A230">
+        <v>663</v>
+      </c>
+      <c r="B230">
+        <v>2025</v>
+      </c>
+      <c r="C230">
+        <v>167</v>
+      </c>
+      <c r="D230" t="s">
+        <v>120</v>
+      </c>
+      <c r="E230" t="s">
+        <v>121</v>
+      </c>
+      <c r="F230" t="s">
+        <v>438</v>
+      </c>
+      <c r="G230" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H230" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="231" spans="1:8">
+      <c r="A231">
+        <v>664</v>
+      </c>
+      <c r="B231">
+        <v>2025</v>
+      </c>
+      <c r="C231">
+        <v>168</v>
+      </c>
+      <c r="D231" t="s">
+        <v>120</v>
+      </c>
+      <c r="E231" t="s">
+        <v>121</v>
+      </c>
+      <c r="F231" t="s">
+        <v>173</v>
+      </c>
+      <c r="G231" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H231" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="232" spans="1:8">
+      <c r="A232">
+        <v>665</v>
+      </c>
+      <c r="B232">
+        <v>2025</v>
+      </c>
+      <c r="C232">
+        <v>169</v>
+      </c>
+      <c r="D232" t="s">
+        <v>120</v>
+      </c>
+      <c r="E232" t="s">
+        <v>121</v>
+      </c>
+      <c r="F232" t="s">
+        <v>83</v>
+      </c>
+      <c r="G232" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H232" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="233" spans="1:8">
+      <c r="A233">
+        <v>666</v>
+      </c>
+      <c r="B233">
+        <v>2025</v>
+      </c>
+      <c r="C233">
+        <v>170</v>
+      </c>
+      <c r="D233" t="s">
+        <v>120</v>
+      </c>
+      <c r="E233" t="s">
+        <v>121</v>
+      </c>
+      <c r="F233" t="s">
+        <v>83</v>
+      </c>
+      <c r="G233" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H233" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="234" spans="1:8">
+      <c r="A234">
+        <v>667</v>
+      </c>
+      <c r="B234">
+        <v>2025</v>
+      </c>
+      <c r="C234">
+        <v>171</v>
+      </c>
+      <c r="D234" t="s">
+        <v>120</v>
+      </c>
+      <c r="E234" t="s">
+        <v>121</v>
+      </c>
+      <c r="F234" t="s">
+        <v>106</v>
+      </c>
+      <c r="G234" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H234" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="235" spans="1:8">
+      <c r="A235">
+        <v>670</v>
+      </c>
+      <c r="B235">
+        <v>2025</v>
+      </c>
+      <c r="C235">
+        <v>172</v>
+      </c>
+      <c r="D235" t="s">
+        <v>120</v>
+      </c>
+      <c r="E235" t="s">
+        <v>121</v>
+      </c>
+      <c r="F235" t="s">
+        <v>86</v>
+      </c>
+      <c r="G235" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H235" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="236" spans="1:8">
+      <c r="A236">
+        <v>671</v>
+      </c>
+      <c r="B236">
+        <v>2025</v>
+      </c>
+      <c r="C236">
+        <v>173</v>
+      </c>
+      <c r="D236" t="s">
+        <v>120</v>
+      </c>
+      <c r="E236" t="s">
+        <v>121</v>
+      </c>
+      <c r="F236" t="s">
+        <v>21</v>
+      </c>
+      <c r="G236" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H236" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="237" spans="1:8">
+      <c r="A237">
+        <v>674</v>
+      </c>
+      <c r="B237">
+        <v>2025</v>
+      </c>
+      <c r="C237">
+        <v>174</v>
+      </c>
+      <c r="D237" t="s">
+        <v>120</v>
+      </c>
+      <c r="E237" t="s">
+        <v>121</v>
+      </c>
+      <c r="F237" t="s">
+        <v>21</v>
+      </c>
+      <c r="G237" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H237" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="238" spans="1:8">
+      <c r="A238">
+        <v>675</v>
+      </c>
+      <c r="B238">
+        <v>2025</v>
+      </c>
+      <c r="C238">
+        <v>175</v>
+      </c>
+      <c r="D238" t="s">
+        <v>120</v>
+      </c>
+      <c r="E238" t="s">
+        <v>121</v>
+      </c>
+      <c r="F238" t="s">
+        <v>115</v>
+      </c>
+      <c r="G238" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H238" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="239" spans="1:8">
+      <c r="A239">
+        <v>679</v>
+      </c>
+      <c r="B239">
+        <v>2025</v>
+      </c>
+      <c r="C239">
+        <v>176</v>
+      </c>
+      <c r="D239" t="s">
+        <v>120</v>
+      </c>
+      <c r="E239" t="s">
+        <v>121</v>
+      </c>
+      <c r="F239" t="s">
+        <v>173</v>
+      </c>
+      <c r="G239" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H239" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="240" spans="1:8">
+      <c r="A240">
+        <v>680</v>
+      </c>
+      <c r="B240">
+        <v>2025</v>
+      </c>
+      <c r="C240">
+        <v>177</v>
+      </c>
+      <c r="D240" t="s">
+        <v>120</v>
+      </c>
+      <c r="E240" t="s">
+        <v>121</v>
+      </c>
+      <c r="F240" t="s">
+        <v>115</v>
+      </c>
+      <c r="G240" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H240" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="241" spans="1:8">
+      <c r="A241">
+        <v>681</v>
+      </c>
+      <c r="B241">
+        <v>2025</v>
+      </c>
+      <c r="C241">
+        <v>178</v>
+      </c>
+      <c r="D241" t="s">
+        <v>120</v>
+      </c>
+      <c r="E241" t="s">
+        <v>121</v>
+      </c>
+      <c r="F241" t="s">
+        <v>115</v>
+      </c>
+      <c r="G241" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H241" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="242" spans="1:8">
+      <c r="A242">
+        <v>684</v>
+      </c>
+      <c r="B242">
+        <v>2025</v>
+      </c>
+      <c r="C242">
+        <v>179</v>
+      </c>
+      <c r="D242" t="s">
+        <v>120</v>
+      </c>
+      <c r="E242" t="s">
+        <v>121</v>
+      </c>
+      <c r="F242" t="s">
+        <v>83</v>
+      </c>
+      <c r="G242" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H242" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="243" spans="1:8">
+      <c r="A243">
+        <v>687</v>
+      </c>
+      <c r="B243">
+        <v>2025</v>
+      </c>
+      <c r="C243">
+        <v>180</v>
+      </c>
+      <c r="D243" t="s">
+        <v>120</v>
+      </c>
+      <c r="E243" t="s">
+        <v>121</v>
+      </c>
+      <c r="F243" t="s">
+        <v>115</v>
+      </c>
+      <c r="G243" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H243" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="244" spans="1:8">
+      <c r="A244">
+        <v>688</v>
+      </c>
+      <c r="B244">
+        <v>2025</v>
+      </c>
+      <c r="C244">
+        <v>181</v>
+      </c>
+      <c r="D244" t="s">
+        <v>120</v>
+      </c>
+      <c r="E244" t="s">
+        <v>121</v>
+      </c>
+      <c r="F244" t="s">
+        <v>106</v>
+      </c>
+      <c r="G244" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H244" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="245" spans="1:8">
+      <c r="A245">
+        <v>689</v>
+      </c>
+      <c r="B245">
+        <v>2025</v>
+      </c>
+      <c r="C245">
+        <v>182</v>
+      </c>
+      <c r="D245" t="s">
+        <v>120</v>
+      </c>
+      <c r="E245" t="s">
+        <v>121</v>
+      </c>
+      <c r="F245" t="s">
+        <v>10</v>
+      </c>
+      <c r="G245" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H245" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="246" spans="1:8">
+      <c r="A246">
+        <v>692</v>
+      </c>
+      <c r="B246">
+        <v>2025</v>
+      </c>
+      <c r="C246">
+        <v>183</v>
+      </c>
+      <c r="D246" t="s">
+        <v>120</v>
+      </c>
+      <c r="E246" t="s">
+        <v>121</v>
+      </c>
+      <c r="F246" t="s">
+        <v>83</v>
+      </c>
+      <c r="G246" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H246" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="247" spans="1:8">
+      <c r="A247">
+        <v>554</v>
+      </c>
+      <c r="B247">
+        <v>2025</v>
+      </c>
+      <c r="C247">
+        <v>1</v>
+      </c>
+      <c r="D247" t="s">
+        <v>456</v>
+      </c>
+      <c r="E247" t="s">
+        <v>457</v>
+      </c>
+      <c r="F247" t="s">
+        <v>186</v>
+      </c>
+      <c r="G247" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H247" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="248" spans="1:8">
+      <c r="A248">
+        <v>569</v>
+      </c>
+      <c r="B248">
+        <v>2025</v>
+      </c>
+      <c r="C248">
+        <v>2</v>
+      </c>
+      <c r="D248" t="s">
+        <v>456</v>
+      </c>
+      <c r="E248" t="s">
+        <v>457</v>
+      </c>
+      <c r="F248" t="s">
+        <v>83</v>
+      </c>
+      <c r="G248" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H248" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="249" spans="1:8">
+      <c r="A249">
+        <v>618</v>
+      </c>
+      <c r="B249">
+        <v>2025</v>
+      </c>
+      <c r="C249">
+        <v>3</v>
+      </c>
+      <c r="D249" t="s">
+        <v>456</v>
+      </c>
+      <c r="E249" t="s">
+        <v>457</v>
+      </c>
+      <c r="F249" t="s">
+        <v>115</v>
+      </c>
+      <c r="G249" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H249" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="250" spans="1:8">
+      <c r="A250">
+        <v>673</v>
+      </c>
+      <c r="B250">
+        <v>2025</v>
+      </c>
+      <c r="C250">
+        <v>4</v>
+      </c>
+      <c r="D250" t="s">
+        <v>456</v>
+      </c>
+      <c r="E250" t="s">
+        <v>457</v>
+      </c>
+      <c r="F250" t="s">
+        <v>438</v>
+      </c>
+      <c r="G250" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H250" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="251" spans="1:8">
+      <c r="A251">
+        <v>619</v>
+      </c>
+      <c r="B251">
+        <v>2025</v>
+      </c>
+      <c r="C251">
+        <v>1</v>
+      </c>
+      <c r="D251" t="s">
+        <v>462</v>
+      </c>
+      <c r="E251" t="s">
+        <v>463</v>
+      </c>
+      <c r="F251" t="s">
+        <v>464</v>
+      </c>
+      <c r="G251" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H251" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="252" spans="1:8">
+      <c r="A252">
+        <v>690</v>
+      </c>
+      <c r="B252">
+        <v>2025</v>
+      </c>
+      <c r="C252">
+        <v>2</v>
+      </c>
+      <c r="D252" t="s">
+        <v>462</v>
+      </c>
+      <c r="E252" t="s">
+        <v>463</v>
+      </c>
+      <c r="F252" t="s">
+        <v>464</v>
+      </c>
+      <c r="G252" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H252" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="253" spans="1:8">
+      <c r="A253">
         <v>560</v>
       </c>
-      <c r="B211">
-[...2 lines deleted...]
-      <c r="C211">
+      <c r="B253">
+        <v>2025</v>
+      </c>
+      <c r="C253">
         <v>3</v>
       </c>
-      <c r="D211" t="s">
-[...5 lines deleted...]
-      <c r="F211" t="s">
+      <c r="D253" t="s">
+        <v>467</v>
+      </c>
+      <c r="E253" t="s">
+        <v>468</v>
+      </c>
+      <c r="F253" t="s">
         <v>10</v>
       </c>
-      <c r="G211" s="1" t="s">
-[...3 lines deleted...]
-        <v>396</v>
+      <c r="G253" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H253" t="s">
+        <v>469</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -7291,50 +8624,92 @@
     <hyperlink ref="G187" r:id="rId186"/>
     <hyperlink ref="G188" r:id="rId187"/>
     <hyperlink ref="G189" r:id="rId188"/>
     <hyperlink ref="G190" r:id="rId189"/>
     <hyperlink ref="G191" r:id="rId190"/>
     <hyperlink ref="G192" r:id="rId191"/>
     <hyperlink ref="G193" r:id="rId192"/>
     <hyperlink ref="G194" r:id="rId193"/>
     <hyperlink ref="G195" r:id="rId194"/>
     <hyperlink ref="G196" r:id="rId195"/>
     <hyperlink ref="G197" r:id="rId196"/>
     <hyperlink ref="G198" r:id="rId197"/>
     <hyperlink ref="G199" r:id="rId198"/>
     <hyperlink ref="G200" r:id="rId199"/>
     <hyperlink ref="G201" r:id="rId200"/>
     <hyperlink ref="G202" r:id="rId201"/>
     <hyperlink ref="G203" r:id="rId202"/>
     <hyperlink ref="G204" r:id="rId203"/>
     <hyperlink ref="G205" r:id="rId204"/>
     <hyperlink ref="G206" r:id="rId205"/>
     <hyperlink ref="G207" r:id="rId206"/>
     <hyperlink ref="G208" r:id="rId207"/>
     <hyperlink ref="G209" r:id="rId208"/>
     <hyperlink ref="G210" r:id="rId209"/>
     <hyperlink ref="G211" r:id="rId210"/>
+    <hyperlink ref="G212" r:id="rId211"/>
+    <hyperlink ref="G213" r:id="rId212"/>
+    <hyperlink ref="G214" r:id="rId213"/>
+    <hyperlink ref="G215" r:id="rId214"/>
+    <hyperlink ref="G216" r:id="rId215"/>
+    <hyperlink ref="G217" r:id="rId216"/>
+    <hyperlink ref="G218" r:id="rId217"/>
+    <hyperlink ref="G219" r:id="rId218"/>
+    <hyperlink ref="G220" r:id="rId219"/>
+    <hyperlink ref="G221" r:id="rId220"/>
+    <hyperlink ref="G222" r:id="rId221"/>
+    <hyperlink ref="G223" r:id="rId222"/>
+    <hyperlink ref="G224" r:id="rId223"/>
+    <hyperlink ref="G225" r:id="rId224"/>
+    <hyperlink ref="G226" r:id="rId225"/>
+    <hyperlink ref="G227" r:id="rId226"/>
+    <hyperlink ref="G228" r:id="rId227"/>
+    <hyperlink ref="G229" r:id="rId228"/>
+    <hyperlink ref="G230" r:id="rId229"/>
+    <hyperlink ref="G231" r:id="rId230"/>
+    <hyperlink ref="G232" r:id="rId231"/>
+    <hyperlink ref="G233" r:id="rId232"/>
+    <hyperlink ref="G234" r:id="rId233"/>
+    <hyperlink ref="G235" r:id="rId234"/>
+    <hyperlink ref="G236" r:id="rId235"/>
+    <hyperlink ref="G237" r:id="rId236"/>
+    <hyperlink ref="G238" r:id="rId237"/>
+    <hyperlink ref="G239" r:id="rId238"/>
+    <hyperlink ref="G240" r:id="rId239"/>
+    <hyperlink ref="G241" r:id="rId240"/>
+    <hyperlink ref="G242" r:id="rId241"/>
+    <hyperlink ref="G243" r:id="rId242"/>
+    <hyperlink ref="G244" r:id="rId243"/>
+    <hyperlink ref="G245" r:id="rId244"/>
+    <hyperlink ref="G246" r:id="rId245"/>
+    <hyperlink ref="G247" r:id="rId246"/>
+    <hyperlink ref="G248" r:id="rId247"/>
+    <hyperlink ref="G249" r:id="rId248"/>
+    <hyperlink ref="G250" r:id="rId249"/>
+    <hyperlink ref="G251" r:id="rId250"/>
+    <hyperlink ref="G252" r:id="rId251"/>
+    <hyperlink ref="G253" r:id="rId252"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>