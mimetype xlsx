--- v1 (2026-01-22)
+++ v2 (2026-03-11)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1268" uniqueCount="470">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1268" uniqueCount="515">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias/Autor/Nome do Autor</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -230,133 +230,202 @@
   <si>
     <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/576/pl_08_-_cupira.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 195 de 09 de setembro de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/577/pl_09_-_cupira.pdf</t>
   </si>
   <si>
     <t>Altera a redação de artigos contemplados na Lei Municipal nº 105, de 05 de abril de 2017; na Lei Municipal nº 198, de 19 de setembro de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/578/pl_10_-_cupira.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operação de crédito com o Banco do Brasil S.A e Caixa Econômica Federal. com ou sem Garantia da União, e dá outras providências.</t>
   </si>
   <si>
     <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/586/projeto_de_lei_n_011.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Estatuto da Guarda Civil Municipal e da outras providências.</t>
   </si>
   <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/606/pl_12.pdf</t>
+  </si>
+  <si>
     <t>Dispõe sobre a apreensão e destinação de animais de médio e grande porte no Município de Cupira e dá outras providências.</t>
   </si>
   <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/611/pl_13.pdf</t>
+  </si>
+  <si>
     <t>Dispõe sobre o repasse de incentivo financeiro por desempenho no âmbito da Atenção Primária à Saúde, e dá outras providências;</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo Municipal a Conceder Direito Real de Uso de Imóvel Público à Câmara de Vereadores de Cupira/PE.</t>
   </si>
   <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/621/pl_15.pdf</t>
+  </si>
+  <si>
     <t>Institui o Programa de Apoio FCC – Rodada de Negócios, autoriza o Poder Executivo a abrir crédito adicional especial, celebrar convênios e/ou contratos visando ao repasse de recursos à Associação de Desenvolvimento Comunitário do Município de Cupira e dá outras providências correlatas.</t>
   </si>
   <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/628/pl_16.pdf</t>
+  </si>
+  <si>
     <t>Altera o valor da hora aula dos professores contratados por excepcional interesse público no município de Cupira/PE.</t>
   </si>
   <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/622/pl_17.pdf</t>
+  </si>
+  <si>
     <t>Estima a Receita e fixa a Despesa do Município de Cupira para o exercício financeiro de 2026.</t>
   </si>
   <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/623/pl_18.pdf</t>
+  </si>
+  <si>
     <t>Dispõe sobre o Plano Plurianual do Município de Cupira/PE para o período de 2026 a 2029 e dá outras providências.</t>
   </si>
   <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/633/pl_19.pdf</t>
+  </si>
+  <si>
     <t>Institui o Programa “Pé na Escola” no município de Cupira.</t>
   </si>
   <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/634/pl_20.pdf</t>
+  </si>
+  <si>
     <t>Dispõe sobre a criação do Conselho Municipal de Direitos do Idoso, do Fundo Municipal de Direitos do Idoso e dá outras providências.</t>
   </si>
   <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/635/pl_21.pdf</t>
+  </si>
+  <si>
     <t>Dispõe sobre o Conselho Municipal dos Direitos da Criança e do Adolescente – CMDCA e institui o Fundo Municipal dos Direitos da Criança e do Adolescente, nos termos previstos no Estatuto da Criança e do Adolescente (Lei Federal nº 8.069/1990) e na Constituição Federal de 1988.</t>
   </si>
   <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/649/pl_22.pdf</t>
+  </si>
+  <si>
     <t>Dispõe sobre a criação do Conselho municipal dos direitos da pessoa com deficiência e institui a conferência municipal dos direitos da pessoa com deficiência –</t>
   </si>
   <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/683/projeto_de_lei_n_023.pdf</t>
+  </si>
+  <si>
     <t>Que institui a Corregedoria-Geral e a Ouvidoria da Guarda Civil Municipal de Cupira e dá outras providências.</t>
   </si>
   <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/685/projeto_de_lei_no_024.pdf</t>
+  </si>
+  <si>
     <t>Altera a Lei Municipal nº 192, de 1 de julho de 2022, para incluir os parâmetros de público- alvo, distâncias, fiscalização e canal de comunicação do serviço de transporte escolar, nos termos das exigências da Resolução TC nº 156/2021.</t>
   </si>
   <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/693/projeto_de_lei_no_025.pdf</t>
+  </si>
+  <si>
     <t>Dispõe sobre a autorização para a concessão de abono aos profissionais da Educação, professores e administrativo, em efetivo serviço para fins de cumprimento de aplicação mínima de 70% dos recursos do FUNDEB na sua remuneração, conforme previsto no art. 26 da Lei Federal nº 14.113/2020 e no art. 212-A, inciso XI da Constituição Federal referente ao exercício financeiro de 2025.</t>
   </si>
   <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/694/projeto_de_lei_n_026.pdf</t>
+  </si>
+  <si>
     <t>Que autoriza o Poder Executivo Municipal a realizar o repasse do Incentivo Financeiro Adicional (IFA) aos Agentes Comunitários de Saúde (ACS) e aos Agentes de Combate às Endemias (ACE) do Município de Cupira/PE, nos termos da legislação federal, e dá outras providências.</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO</t>
   </si>
   <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/436/pl_01.pdf</t>
+  </si>
+  <si>
     <t>Dispõe sobre a alteração do valor do símbolo CC-9 em razão do valor do novo salário mínimo e dá outras providências.</t>
   </si>
   <si>
     <t>ELISSANDRA ENFERMEIRA</t>
   </si>
   <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/532/pl_02.pdf</t>
+  </si>
+  <si>
     <t>Institui a Semana Municipal de Conscientização sobre o Autismo no âmbito do Município de Cupira e dá outras providências.</t>
   </si>
   <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/581/pl_03.pdf</t>
+  </si>
+  <si>
     <t>Dispõe sobre criar o programa curativo para atendimento e acompanhamento domiciliar aos pacientes que necessitam de curativos e dá outras providências.</t>
   </si>
   <si>
     <t>DAVID AMORIM</t>
   </si>
   <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/601/pl_04.pdf</t>
+  </si>
+  <si>
     <t>Institui a Semana Municipal dos Agentes Comunitários de Saúde e de Combate a Endemias no âmbito do Município de Cupira e dá outras providências</t>
   </si>
   <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/610/pl_05.pdf</t>
+  </si>
+  <si>
     <t>Institui a Política Municipal de Busca Ativa Escolar voltada à identificação, registro, acompanhamento e reinserção de crianças e adolescentes de 4 a 15 anos fora da escola ou em risco de exclusão, e dá outras providências.</t>
   </si>
   <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/624/pl_06.pdf</t>
+  </si>
+  <si>
     <t>Dispõe sobre a priorização de atendimento e garantia de direitos às mães atípicas e cuidadores de crianças com deficiência, TEA (Transtorno do Espectro Autista), doenças raras, condições neurológicas ou necessidade especial contínua, no município de Cupira/PE e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/625/pl_07.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inserção da temática de combate à violência contra a mulher no currículo da Educação Básica das unidades de ensino da rede pública e privada do município de Cupira, e dá outras providências</t>
   </si>
   <si>
     <t>NETO CARNEIRO_x000D_
 RICACIO  ENFERMEIRO</t>
   </si>
   <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/640/pl_08.pdf</t>
+  </si>
+  <si>
     <t>Dispõe sobre a criação do dia Municipal de Esporte Inclusivo para Crianças com Deficiência e em Condição de Vulnerabilidade Social, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/668/projeto_de_lei_do_poder_legislativo_no_09.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de auxílio-alimentação e auxílio-saúde aos servidores efetivos, comissionados e vereadores que integram o Parlamento Municipal de Cupira e dá outras providências.</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
     <t>Dispõe sobre a atualização dos valores das diárias concedidas aos vereadores(as) e Servidores(as) da Câmara Municipal de Cupira e dá outras providências.</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Escola do Legislativo no âmbito da Câmara Municipal de Cupira-PE e dá outras providências.</t>
   </si>
   <si>
     <t>De iniciativa da Mesa Diretora que tem por objetivo alterar o art. 296, inciso VI, do Regimento Interno.</t>
   </si>
   <si>
     <t>Dispõe sobre a reforma do Regimento Interno da Câmara Municipal de Cupira e dá outras providências.</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
@@ -1344,127 +1413,193 @@
   <si>
     <t>Solicita ao Poder Executivo para que seja providenciado o pagamento do 13º salário aos funcionários da Saúde, efetivos e contratados.</t>
   </si>
   <si>
     <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/654/requerimento_158.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo para que seja providenciado o aumento de salário para os profissionais de apoio de toda rede pública municipal de ensino no município de Cupira/PE.</t>
   </si>
   <si>
     <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/655/requerimento_159.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo para que seja feito estudo técnico para implantação de redutores de velocidade ou lombadas eletrônicas na rodovia BR 104 no trecho que dá acesso aos trevos e entradas da cidade de Cupira/PE.</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo para que seja providenciada a pavimentação em calçamento da travessa Presidente Vargas, ao lado do cemitério São João Batista.</t>
   </si>
   <si>
     <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/657/requerimento_161.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo para que seja providenciada a construção de rampas de acessibilidade com sinalização nos setores de comércio do município.</t>
   </si>
   <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/658/162.pdf</t>
+  </si>
+  <si>
     <t>Solicita ao Poder Executivo para sejam retirados os entulhos acumulados na Rua Antenor Lins de Melo, localizada no Bairro Liberdade, bem como a instalação de uma caixa de esgoto e a colocação de tubulação apropriada para o escoamento das águas pluviais naquela localidade.</t>
   </si>
   <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/659/requertmento_ne_163.pdf</t>
+  </si>
+  <si>
     <t>Solicita ao Poder Executivo para que seja providenciada a limpeza do esgoto no final da Rua do Parque com a rua São Domingos.</t>
   </si>
   <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/660/requerimento_n_164.pdf</t>
+  </si>
+  <si>
     <t>Solicita ao Poder Executivo para que seja providenciada a retirada de objetos comerciais e de propaganda que ficam dispostos nas calçadas de alguns estabelecimentos comerciais e demais vias públicas e que acabam dificultando a visualização no tráfego de veículos</t>
   </si>
   <si>
     <t>VINICIUS LESSA</t>
   </si>
   <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/661/requerimento_165.pdf</t>
+  </si>
+  <si>
     <t>Solicita ao Poder Executivo para que seja providenciada a elaboração e implantação de um Distrito Municipal de Confecção de Cupira voltado aos produtores de confecção, com o objetivo de fortalecer a economia local e inserir o município na rota do desenvolvimento têxtil do Brasil.</t>
+  </si>
+  <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/662/requertmento_166.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Poder Executivo para que seja alterado o horário da coleta de lixo do período diurno para o período noturno, bem como a adoção de medidas para garantir o fornecimento de Equipamentos de Proteção Individual (EPIs) aos profissionais que realizam este serviço essencial.</t>
   </si>
   <si>
     <t>NETO CARNEIRO_x000D_
 VINICIUS LESSA</t>
   </si>
   <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/663/requerimento_167.pdf</t>
+  </si>
+  <si>
     <t>Solicitam ao Poder Executivo para seja disponibilizado à equipe de corrida de rua, Cupira Running, por dois dias na semana, um educador físico, um fisioterapeuta e o apoio da Guarda Municipal para acompanhar e dar suporte aos treinos.</t>
   </si>
   <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/664/requerimento_168.pdf</t>
+  </si>
+  <si>
     <t>Solicita ao Poder Executivo para que sejam disponibilizados quites de higiene pessoal contendo, por exemplo: creme dental, escova de dentes e desodorante, juntamente com uma palestra promovida por um profissional da saúde a fim de conscientizar os alunos sobre a importância da higiene pessoal, promovendo educação em saúde para os alunos da Escola Municipal de Tempo Integral Edson Ferreira Calado no Município de Cupira/PE.</t>
   </si>
   <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/665/requerimento_169.pdf</t>
+  </si>
+  <si>
     <t>Solicita ao Poder Executivo para que seja providenciada a reforma da parte frontal da Unidade Básica de Saúde (UBS) da Caixa d’Água, com a finalidade de transformar o espaço em uma área sensorial adequada às necessidades de crianças com Transtorno do Espectro Autista (TEA), incluindo: Ambiente de hiperfoco, com recursos visuais, táteis e luminosos controlados; Área para exercícios físicos e atividades de regulação motora; Adequações estruturais que garantam segurança, acessibilidade, conforto e acolhimento às crianças e às famílias.</t>
+  </si>
+  <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/666/requerimento_170.pdf</t>
   </si>
   <si>
     <t>solicita ao Poder Executivo um PEDIDO DE INFORMAÇÃO para que seja verificada, com urgência, a situação do saneamento e do calçamento da Rua dos Manguezais e também para que sejam adotadas providências concretas para a execução do calçamento da referida via, uma vez que, embora cadastrada como beneficiária de verba estadual, não há perspectiva de início ou conclusão da obra. Seguem os questionamentos:_x000D_
 _x000D_
 1 – Cronograma físico-financeiro da obra;_x000D_
 2 – Situação atual do serviço a ser realizado;_x000D_
 3 – Valor total disponibilizado;_x000D_
 4 – Responsável pela execução da obra – responsável técnico;_x000D_
 5 – Previsão de início da obra.</t>
   </si>
   <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/667/requerimento_171.pdf</t>
+  </si>
+  <si>
     <t>Solicita ao Poder Executivo para que seja providenciada a pavimentação em calçamento no entorno da quadra e da antiga sede da escola José Soares.</t>
   </si>
   <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/670/requertmento_172.pdf</t>
+  </si>
+  <si>
     <t>Solicita ao Poder Executivo para que seja providenciada a aquisição de motocicletas, modelo Cinquentinha, para uso dos Agentes Comunitários de Saúde (ACS) e Agentes de Combate às Endemias (ACE) da Secretaria Municipal de Saúde.</t>
   </si>
   <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/671/requerimento_173.pdf</t>
+  </si>
+  <si>
     <t>Solicita ao Poder Executivo para que seja providenciada reforma e pintura da praça por traz da Secretaria de Saúde.</t>
   </si>
   <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/674/requerimento_174.pdf</t>
+  </si>
+  <si>
     <t>Solicita ao Poder Executivo para que seja construída uma praça na vila de Laje de São José.</t>
   </si>
   <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/675/reque_175.pdf</t>
+  </si>
+  <si>
     <t>Solicita ao Poder Executivo para seja construída uma nova caixa d'água no sítio Imbiruçú com capacidade média de 25.000 litros para poder atender às necessidades dos moradores da localidade e, se possível, em um terreno público, já que existe atualmente, está  localizada em um terreno  particular, o que traz alguns constrangimentos aos moradores daquela localidade.</t>
   </si>
   <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/679/requerimento_176.pdf</t>
+  </si>
+  <si>
     <t>Solicita ao Poder Executivo para que seja providenciada uma reforma na quadra poliesportiva na vila Laje de São José.</t>
   </si>
   <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/680/req_177.pdf</t>
+  </si>
+  <si>
     <t>Solicita ao Poder Executivo para que seja providenciado um mutirão nos bairros para efetuar limpeza das vias e calçamentos, ajustes e reparos na iluminação pública e a pintura das guias e áreas sinalizadas de cada bairro.</t>
   </si>
   <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/681/req_178.pdf</t>
+  </si>
+  <si>
     <t>Solicita ao Poder Executivo para que seja providenciado o reparo do calçamento da entrada do Hospital Municipal José Veríssimo de Souza até a entrada da COMPESA.</t>
   </si>
   <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/684/req_179.pdf</t>
+  </si>
+  <si>
     <t>Solicita ao Poder Executivo para que seja providenciado o calçamento da rua Francisco Vieira, localizada por trás da capela de Nossa Senhora do Rosário, no bairro da Caixa d’Água, conforme abaixo-assinado da comunidade.</t>
+  </si>
+  <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/687/req_180.pdf</t>
   </si>
   <si>
     <t>solicita ao Poder Executivo para que sejam adotadas medidas visando à fiscalização e ao controle do volume sonoro emitido por carros de som, publicidade volante e veículos similares no âmbito do Município, especialmente no sentido de:_x000D_
 I – fiscalizar rigorosamente o volume de emissão sonora dos carros de som, publicidade volante e similares, assegurando o cumprimento dos limites de ruído estabelecidos por normas federais e técnicas reconhecidas, coibindo a poluição sonora;_x000D_
 II – proibir a permanência ou acionamento de carros de som nas proximidades de órgãos públicos, escolas e creches, hospitais e unidades de saúde, bem como igrejas e templos religiosos, de modo a evitar a perturbação de atividades essenciais e assegurar o sossego público;_x000D_
 III – reforçar as ações de fiscalização e aplicar as penalidades cabíveis aos infratores que ultrapassem os limites legais de decibéis ou atuem em locais proibidos.</t>
   </si>
   <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/688/req_181.pdf</t>
+  </si>
+  <si>
     <t>Solicita ao Poder Executivo para que seja realizado estudo técnico visando à implementação de medidas adequadas para redução da velocidade dos veículos na Rua Desembargador Felismino Guedes, especificamente na altura do nº 07 (Igreja Evangélica Congregacional Conservadora).</t>
   </si>
   <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/689/req_182.pdf</t>
+  </si>
+  <si>
     <t>Solicita aos parlamentares para que o início dos trabalhos da 2ª Sessão Legislativa da 17ª Legislatura, definida regimentalmente para o dia 02 de fevereiro de 2026, ocorra no Auditório Carmuniza Alves do Nascimento, anexo da Escola Municipal Pedro Alves de Souza, em razão da reforma da sede do Poder Legislativo Municipal.</t>
+  </si>
+  <si>
+    <t>https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/692/req_183.pdf</t>
   </si>
   <si>
     <t>solicita ao poder Executivo para que sejam adotadas providências urgentes para a retirada e manejo adequado dos animais de rua abandonados, especialmente cães, que têm atacado pessoas, colocando em risco a segurança e a saúde da população.</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS</t>
   </si>
   <si>
     <t>Nos termos do regimento interno, requeremos, ouvido o plenário, que seja encaminhada moção de aplausos ao ex-prefeito José João Inácio.</t>
   </si>
   <si>
     <t>Requer, ouvido o plenário, que seja encaminhada moção de aplausos ao deputado estadual João de Nadege.</t>
   </si>
   <si>
     <t>Que seja encaminhada moção de aplausos ao senhor Luiz Elias de Espíndola, popularmente conhecido como Lulinha da Sanfona.</t>
   </si>
   <si>
     <t>Nos termos do regimento interno, requeremos, ouvido o plenário, que seja encaminhada moção de aplausos a equipe de corrida Cupira Running.</t>
   </si>
   <si>
     <t>OF</t>
   </si>
@@ -1813,68 +1948,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/587/emenda_modificativa_1.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/677/emenda_modificativa.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/678/confira_aqui_o_resumo_das_emendas.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/588/emenda_aditiva_1.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/434/pl_001_-_cupira.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/435/pl_002_-_cupira.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/463/pl_03_-_cupira.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/464/pl_04_-_cupira.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/512/pl_05.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/515/pl_06.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/583/pl_07_-_cupira.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/576/pl_08_-_cupira.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/577/pl_09_-_cupira.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/578/pl_10_-_cupira.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/586/projeto_de_lei_n_011.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/437/requertmento_01.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/438/requertmento_02.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/439/requertmento_03.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/440/requertmento_04.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/441/requertmento_05.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/442/requertmento_06.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/443/requertmento_07.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/444/requerimento_08.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/445/requerimento_09.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/446/requerimento_010.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/447/requerimento_11.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/448/requerimento_12.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/449/requerimento_13.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/450/requerimento_14.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/451/requerimento_15.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/452/requerimento_16.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/453/requerimento_17.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/454/requerimento_18.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/455/requerimento_19.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/456/requerimento_20.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/457/requerimento_21.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/458/requerimento_22.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/459/requerimento_23.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/460/requerimento_24.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/461/requerimento_25.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/462/requerimento_26.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/465/requerimento_27.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/467/requerimento_29.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/469/requerimento_31.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/470/requerimento_32.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/471/requerimento_33.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/472/requerimento_34.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/473/requerimento_35.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/474/requerimento_36.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/475/requerimento_37.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/476/requerimento_38.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/480/requerimento_39.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/481/requerimento_40.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/482/requerimento_41.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/483/requerimento_42.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/484/requerimento_43.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/485/requerimento_44.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/486/requerimento_45.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/487/requerimento_46_-.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/488/requerimento_47.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/489/requerimento_48.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/490/requerimento_49.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/491/requerimento_50.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/492/requerimento_51.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/493/requerimento_52.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/494/requerimento_53.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/495/requerimento_54.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/496/requerimento_55.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/497/requerimento_56.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/498/requerimento_57.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/499/requerimento_58.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/500/requerimento_59.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/501/requerimento_60.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/502/requerimento_61.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/503/requerimento_62.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/504/requerimento_63.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/505/requerimento_64.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/506/requerimento_65.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/507/requerimento_66.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/508/requerimento_67.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/509/requerimento_68.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/510/requerimento_69.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/511/requerimento_70.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/513/requerimento_71.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/514/requerimento_72.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/516/requerimento_73.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/517/requerimento_74.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/518/requerimento_75.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/519/requerimento_76.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/520/requerimento_77.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/521/requerimento_78.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/522/requerimento_79.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/523/requerimento_80.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/524/requerimento_81.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/525/requerimento_82.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/526/requerimento_83.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/527/requerimento_84_-.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/528/requerimento_85_-.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/533/requerimento_86.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/534/requerimento_87.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/535/requerimento_88.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/536/requerimento_89.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/537/requerimento_90.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/539/requerimento_91.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/541/requerimento_92.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/547/requerimento_93.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/548/requerimento_94.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/549/requerimento_95.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/550/requerimento_96.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/551/requerimento_97.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/552/requerimento_98.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/553/requerimento_099.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/555/requerimento_100.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/556/requerimento_101.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/557/requerimento_102.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/559/requerimento_103.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/561/requerimento_104.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/562/requerimento_105.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/563/requerimento_106.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/564/requerimento_107.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/565/requerimento_108.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/566/requerimento_109.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/567/requerimento_110.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/568/requerimento_111.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/570/requerimento_112.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/571/requerimento_113.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/573/requerimento_114.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/574/requerimento_115.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/575/requerimento_116.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/579/requerimento_117.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/580/requerimento_118.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/582/requerimento_119.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/584/requerimento_n_120.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/589/requerimento_ng_121.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/594/requertmento_n_122.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/595/requerimento_n_123.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/596/requerimento_n_124.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/597/requerimento_n_125.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/598/requerimento_n_126.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/599/requerimento_n_127.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/620/requerimento_141.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/626/requerimento_142.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/627/requerimento_n_143.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/629/requerimento_n_144.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/630/requerimento_n_145.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/631/requerimento_n_146.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/632/requerimento_n_147.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/636/requerimento_n_148.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/637/requerimento_n_149.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/638/requerimento_n_150.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/639/requerimento_151.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/643/requerimento_152.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/644/requerimento_153.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/645/requerimento_154.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/647/requerimento_155.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/648/requerimento_156.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/651/requerimento_157.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/654/requerimento_158.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/655/requerimento_159.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/657/requerimento_161.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/587/emenda_modificativa_1.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/677/emenda_modificativa.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/678/confira_aqui_o_resumo_das_emendas.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/588/emenda_aditiva_1.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/434/pl_001_-_cupira.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/435/pl_002_-_cupira.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/463/pl_03_-_cupira.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/464/pl_04_-_cupira.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/512/pl_05.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/515/pl_06.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/583/pl_07_-_cupira.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/576/pl_08_-_cupira.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/577/pl_09_-_cupira.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/578/pl_10_-_cupira.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/586/projeto_de_lei_n_011.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/606/pl_12.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/611/pl_13.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/621/pl_15.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/628/pl_16.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/622/pl_17.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/623/pl_18.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/633/pl_19.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/634/pl_20.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/635/pl_21.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/649/pl_22.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/683/projeto_de_lei_n_023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/685/projeto_de_lei_no_024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/693/projeto_de_lei_no_025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/694/projeto_de_lei_n_026.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/436/pl_01.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/532/pl_02.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/581/pl_03.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/601/pl_04.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/610/pl_05.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/624/pl_06.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/625/pl_07.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/640/pl_08.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/668/projeto_de_lei_do_poder_legislativo_no_09.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/437/requertmento_01.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/438/requertmento_02.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/439/requertmento_03.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/440/requertmento_04.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/441/requertmento_05.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/442/requertmento_06.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/443/requertmento_07.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/444/requerimento_08.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/445/requerimento_09.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/446/requerimento_010.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/447/requerimento_11.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/448/requerimento_12.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/449/requerimento_13.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/450/requerimento_14.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/451/requerimento_15.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/452/requerimento_16.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/453/requerimento_17.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/454/requerimento_18.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/455/requerimento_19.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/456/requerimento_20.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/457/requerimento_21.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/458/requerimento_22.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/459/requerimento_23.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/460/requerimento_24.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/461/requerimento_25.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/462/requerimento_26.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/465/requerimento_27.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/467/requerimento_29.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/469/requerimento_31.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/470/requerimento_32.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/471/requerimento_33.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/472/requerimento_34.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/473/requerimento_35.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/474/requerimento_36.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/475/requerimento_37.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/476/requerimento_38.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/480/requerimento_39.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/481/requerimento_40.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/482/requerimento_41.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/483/requerimento_42.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/484/requerimento_43.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/485/requerimento_44.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/486/requerimento_45.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/487/requerimento_46_-.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/488/requerimento_47.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/489/requerimento_48.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/490/requerimento_49.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/491/requerimento_50.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/492/requerimento_51.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/493/requerimento_52.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/494/requerimento_53.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/495/requerimento_54.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/496/requerimento_55.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/497/requerimento_56.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/498/requerimento_57.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/499/requerimento_58.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/500/requerimento_59.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/501/requerimento_60.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/502/requerimento_61.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/503/requerimento_62.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/504/requerimento_63.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/505/requerimento_64.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/506/requerimento_65.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/507/requerimento_66.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/508/requerimento_67.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/509/requerimento_68.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/510/requerimento_69.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/511/requerimento_70.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/513/requerimento_71.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/514/requerimento_72.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/516/requerimento_73.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/517/requerimento_74.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/518/requerimento_75.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/519/requerimento_76.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/520/requerimento_77.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/521/requerimento_78.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/522/requerimento_79.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/523/requerimento_80.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/524/requerimento_81.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/525/requerimento_82.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/526/requerimento_83.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/527/requerimento_84_-.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/528/requerimento_85_-.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/533/requerimento_86.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/534/requerimento_87.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/535/requerimento_88.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/536/requerimento_89.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/537/requerimento_90.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/539/requerimento_91.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/541/requerimento_92.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/547/requerimento_93.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/548/requerimento_94.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/549/requerimento_95.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/550/requerimento_96.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/551/requerimento_97.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/552/requerimento_98.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/553/requerimento_099.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/555/requerimento_100.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/556/requerimento_101.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/557/requerimento_102.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/559/requerimento_103.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/561/requerimento_104.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/562/requerimento_105.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/563/requerimento_106.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/564/requerimento_107.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/565/requerimento_108.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/566/requerimento_109.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/567/requerimento_110.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/568/requerimento_111.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/570/requerimento_112.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/571/requerimento_113.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/573/requerimento_114.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/574/requerimento_115.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/575/requerimento_116.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/579/requerimento_117.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/580/requerimento_118.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/582/requerimento_119.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/584/requerimento_n_120.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/589/requerimento_ng_121.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/594/requertmento_n_122.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/595/requerimento_n_123.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/596/requerimento_n_124.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/597/requerimento_n_125.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/598/requerimento_n_126.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/599/requerimento_n_127.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/620/requerimento_141.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/626/requerimento_142.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/627/requerimento_n_143.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/629/requerimento_n_144.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/630/requerimento_n_145.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/631/requerimento_n_146.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/632/requerimento_n_147.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/636/requerimento_n_148.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/637/requerimento_n_149.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/638/requerimento_n_150.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/639/requerimento_151.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/643/requerimento_152.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/644/requerimento_153.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/645/requerimento_154.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/647/requerimento_155.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/648/requerimento_156.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/651/requerimento_157.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/654/requerimento_158.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/655/requerimento_159.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/657/requerimento_161.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/658/162.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/659/requertmento_ne_163.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/660/requerimento_n_164.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/661/requerimento_165.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/662/requertmento_166.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/663/requerimento_167.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/664/requerimento_168.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/665/requerimento_169.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/666/requerimento_170.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/667/requerimento_171.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/670/requertmento_172.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/671/requerimento_173.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/674/requerimento_174.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/675/reque_175.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/679/requerimento_176.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/680/req_177.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/681/req_178.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/684/req_179.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/687/req_180.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/688/req_181.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/689/req_182.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/sapl/public/materialegislativa/2025/692/req_183.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cupira.pe.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H253"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="107.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="107" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="112.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -2426,6034 +2561,6034 @@
       </c>
       <c r="H22" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23">
         <v>606</v>
       </c>
       <c r="B23">
         <v>2025</v>
       </c>
       <c r="C23">
         <v>12</v>
       </c>
       <c r="D23" t="s">
         <v>41</v>
       </c>
       <c r="E23" t="s">
         <v>42</v>
       </c>
       <c r="F23" t="s">
         <v>39</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>11</v>
+        <v>65</v>
       </c>
       <c r="H23" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24">
         <v>611</v>
       </c>
       <c r="B24">
         <v>2025</v>
       </c>
       <c r="C24">
         <v>13</v>
       </c>
       <c r="D24" t="s">
         <v>41</v>
       </c>
       <c r="E24" t="s">
         <v>42</v>
       </c>
       <c r="F24" t="s">
         <v>39</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>11</v>
+        <v>67</v>
       </c>
       <c r="H24" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25">
         <v>615</v>
       </c>
       <c r="B25">
         <v>2025</v>
       </c>
       <c r="C25">
         <v>14</v>
       </c>
       <c r="D25" t="s">
         <v>41</v>
       </c>
       <c r="E25" t="s">
         <v>42</v>
       </c>
       <c r="F25" t="s">
         <v>39</v>
       </c>
       <c r="G25" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H25" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26">
         <v>621</v>
       </c>
       <c r="B26">
         <v>2025</v>
       </c>
       <c r="C26">
         <v>15</v>
       </c>
       <c r="D26" t="s">
         <v>41</v>
       </c>
       <c r="E26" t="s">
         <v>42</v>
       </c>
       <c r="F26" t="s">
         <v>39</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>11</v>
+        <v>70</v>
       </c>
       <c r="H26" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27">
         <v>628</v>
       </c>
       <c r="B27">
         <v>2025</v>
       </c>
       <c r="C27">
         <v>16</v>
       </c>
       <c r="D27" t="s">
         <v>41</v>
       </c>
       <c r="E27" t="s">
         <v>42</v>
       </c>
       <c r="F27" t="s">
         <v>39</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>11</v>
+        <v>72</v>
       </c>
       <c r="H27" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28">
         <v>622</v>
       </c>
       <c r="B28">
         <v>2025</v>
       </c>
       <c r="C28">
         <v>17</v>
       </c>
       <c r="D28" t="s">
         <v>41</v>
       </c>
       <c r="E28" t="s">
         <v>42</v>
       </c>
       <c r="F28" t="s">
         <v>39</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>11</v>
+        <v>74</v>
       </c>
       <c r="H28" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29">
         <v>623</v>
       </c>
       <c r="B29">
         <v>2025</v>
       </c>
       <c r="C29">
         <v>18</v>
       </c>
       <c r="D29" t="s">
         <v>41</v>
       </c>
       <c r="E29" t="s">
         <v>42</v>
       </c>
       <c r="F29" t="s">
         <v>39</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>11</v>
+        <v>76</v>
       </c>
       <c r="H29" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30">
         <v>633</v>
       </c>
       <c r="B30">
         <v>2025</v>
       </c>
       <c r="C30">
         <v>19</v>
       </c>
       <c r="D30" t="s">
         <v>41</v>
       </c>
       <c r="E30" t="s">
         <v>42</v>
       </c>
       <c r="F30" t="s">
         <v>39</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>11</v>
+        <v>78</v>
       </c>
       <c r="H30" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31">
         <v>634</v>
       </c>
       <c r="B31">
         <v>2025</v>
       </c>
       <c r="C31">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>41</v>
       </c>
       <c r="E31" t="s">
         <v>42</v>
       </c>
       <c r="F31" t="s">
         <v>39</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>11</v>
+        <v>80</v>
       </c>
       <c r="H31" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32">
         <v>635</v>
       </c>
       <c r="B32">
         <v>2025</v>
       </c>
       <c r="C32">
         <v>21</v>
       </c>
       <c r="D32" t="s">
         <v>41</v>
       </c>
       <c r="E32" t="s">
         <v>42</v>
       </c>
       <c r="F32" t="s">
         <v>39</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>11</v>
+        <v>82</v>
       </c>
       <c r="H32" t="s">
-        <v>74</v>
+        <v>83</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33">
         <v>649</v>
       </c>
       <c r="B33">
         <v>2025</v>
       </c>
       <c r="C33">
         <v>22</v>
       </c>
       <c r="D33" t="s">
         <v>41</v>
       </c>
       <c r="E33" t="s">
         <v>42</v>
       </c>
       <c r="F33" t="s">
         <v>39</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>11</v>
+        <v>84</v>
       </c>
       <c r="H33" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34">
         <v>683</v>
       </c>
       <c r="B34">
         <v>2025</v>
       </c>
       <c r="C34">
         <v>23</v>
       </c>
       <c r="D34" t="s">
         <v>41</v>
       </c>
       <c r="E34" t="s">
         <v>42</v>
       </c>
       <c r="F34" t="s">
         <v>39</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>11</v>
+        <v>86</v>
       </c>
       <c r="H34" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35">
         <v>685</v>
       </c>
       <c r="B35">
         <v>2025</v>
       </c>
       <c r="C35">
         <v>24</v>
       </c>
       <c r="D35" t="s">
         <v>41</v>
       </c>
       <c r="E35" t="s">
         <v>42</v>
       </c>
       <c r="F35" t="s">
         <v>39</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="H35" t="s">
-        <v>77</v>
+        <v>89</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36">
         <v>693</v>
       </c>
       <c r="B36">
         <v>2025</v>
       </c>
       <c r="C36">
         <v>25</v>
       </c>
       <c r="D36" t="s">
         <v>41</v>
       </c>
       <c r="E36" t="s">
         <v>42</v>
       </c>
       <c r="F36" t="s">
         <v>39</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>11</v>
+        <v>90</v>
       </c>
       <c r="H36" t="s">
-        <v>78</v>
+        <v>91</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37">
         <v>694</v>
       </c>
       <c r="B37">
         <v>2025</v>
       </c>
       <c r="C37">
         <v>26</v>
       </c>
       <c r="D37" t="s">
         <v>41</v>
       </c>
       <c r="E37" t="s">
         <v>42</v>
       </c>
       <c r="F37" t="s">
         <v>39</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>11</v>
+        <v>92</v>
       </c>
       <c r="H37" t="s">
-        <v>79</v>
+        <v>93</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38">
         <v>436</v>
       </c>
       <c r="B38">
         <v>2025</v>
       </c>
       <c r="C38">
         <v>1</v>
       </c>
       <c r="D38" t="s">
-        <v>80</v>
+        <v>94</v>
       </c>
       <c r="E38" t="s">
-        <v>81</v>
+        <v>95</v>
       </c>
       <c r="F38" t="s">
         <v>10</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>11</v>
+        <v>96</v>
       </c>
       <c r="H38" t="s">
-        <v>82</v>
+        <v>97</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39">
         <v>532</v>
       </c>
       <c r="B39">
         <v>2025</v>
       </c>
       <c r="C39">
         <v>2</v>
       </c>
       <c r="D39" t="s">
-        <v>80</v>
+        <v>94</v>
       </c>
       <c r="E39" t="s">
-        <v>81</v>
+        <v>95</v>
       </c>
       <c r="F39" t="s">
-        <v>83</v>
+        <v>98</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>11</v>
+        <v>99</v>
       </c>
       <c r="H39" t="s">
-        <v>84</v>
+        <v>100</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40">
         <v>581</v>
       </c>
       <c r="B40">
         <v>2025</v>
       </c>
       <c r="C40">
         <v>3</v>
       </c>
       <c r="D40" t="s">
-        <v>80</v>
+        <v>94</v>
       </c>
       <c r="E40" t="s">
-        <v>81</v>
+        <v>95</v>
       </c>
       <c r="F40" t="s">
-        <v>83</v>
+        <v>98</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>11</v>
+        <v>101</v>
       </c>
       <c r="H40" t="s">
-        <v>85</v>
+        <v>102</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41">
         <v>601</v>
       </c>
       <c r="B41">
         <v>2025</v>
       </c>
       <c r="C41">
         <v>4</v>
       </c>
       <c r="D41" t="s">
-        <v>80</v>
+        <v>94</v>
       </c>
       <c r="E41" t="s">
-        <v>81</v>
+        <v>95</v>
       </c>
       <c r="F41" t="s">
-        <v>86</v>
+        <v>103</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>11</v>
+        <v>104</v>
       </c>
       <c r="H41" t="s">
-        <v>87</v>
+        <v>105</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42">
         <v>610</v>
       </c>
       <c r="B42">
         <v>2025</v>
       </c>
       <c r="C42">
         <v>5</v>
       </c>
       <c r="D42" t="s">
-        <v>80</v>
+        <v>94</v>
       </c>
       <c r="E42" t="s">
-        <v>81</v>
+        <v>95</v>
       </c>
       <c r="F42" t="s">
-        <v>83</v>
+        <v>98</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>11</v>
+        <v>106</v>
       </c>
       <c r="H42" t="s">
-        <v>88</v>
+        <v>107</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43">
         <v>624</v>
       </c>
       <c r="B43">
         <v>2025</v>
       </c>
       <c r="C43">
         <v>6</v>
       </c>
       <c r="D43" t="s">
-        <v>80</v>
+        <v>94</v>
       </c>
       <c r="E43" t="s">
-        <v>81</v>
+        <v>95</v>
       </c>
       <c r="F43" t="s">
-        <v>83</v>
+        <v>98</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>11</v>
+        <v>108</v>
       </c>
       <c r="H43" t="s">
-        <v>89</v>
+        <v>109</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44">
         <v>625</v>
       </c>
       <c r="B44">
         <v>2025</v>
       </c>
       <c r="C44">
         <v>7</v>
       </c>
       <c r="D44" t="s">
-        <v>80</v>
+        <v>94</v>
       </c>
       <c r="E44" t="s">
-        <v>81</v>
+        <v>95</v>
       </c>
       <c r="F44" t="s">
-        <v>83</v>
+        <v>98</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>11</v>
+        <v>110</v>
       </c>
       <c r="H44" t="s">
-        <v>90</v>
+        <v>111</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45">
         <v>640</v>
       </c>
       <c r="B45">
         <v>2025</v>
       </c>
       <c r="C45">
         <v>8</v>
       </c>
       <c r="D45" t="s">
-        <v>80</v>
+        <v>94</v>
       </c>
       <c r="E45" t="s">
-        <v>81</v>
+        <v>95</v>
       </c>
       <c r="F45" t="s">
-        <v>91</v>
+        <v>112</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>11</v>
+        <v>113</v>
       </c>
       <c r="H45" t="s">
-        <v>92</v>
+        <v>114</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46">
         <v>668</v>
       </c>
       <c r="B46">
         <v>2025</v>
       </c>
       <c r="C46">
         <v>9</v>
       </c>
       <c r="D46" t="s">
-        <v>80</v>
+        <v>94</v>
       </c>
       <c r="E46" t="s">
-        <v>81</v>
+        <v>95</v>
       </c>
       <c r="F46" t="s">
         <v>10</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>11</v>
+        <v>115</v>
       </c>
       <c r="H46" t="s">
-        <v>93</v>
+        <v>116</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47">
         <v>529</v>
       </c>
       <c r="B47">
         <v>2025</v>
       </c>
       <c r="C47">
         <v>1</v>
       </c>
       <c r="D47" t="s">
-        <v>94</v>
+        <v>117</v>
       </c>
       <c r="E47" t="s">
-        <v>95</v>
+        <v>118</v>
       </c>
       <c r="F47" t="s">
         <v>10</v>
       </c>
       <c r="G47" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H47" t="s">
-        <v>96</v>
+        <v>119</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48">
         <v>653</v>
       </c>
       <c r="B48">
         <v>2025</v>
       </c>
       <c r="C48">
         <v>2</v>
       </c>
       <c r="D48" t="s">
-        <v>94</v>
+        <v>117</v>
       </c>
       <c r="E48" t="s">
-        <v>95</v>
+        <v>118</v>
       </c>
       <c r="F48" t="s">
         <v>10</v>
       </c>
       <c r="G48" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H48" t="s">
-        <v>97</v>
+        <v>120</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49">
         <v>676</v>
       </c>
       <c r="B49">
         <v>2025</v>
       </c>
       <c r="C49">
         <v>3</v>
       </c>
       <c r="D49" t="s">
-        <v>94</v>
+        <v>117</v>
       </c>
       <c r="E49" t="s">
-        <v>95</v>
+        <v>118</v>
       </c>
       <c r="F49" t="s">
         <v>10</v>
       </c>
       <c r="G49" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H49" t="s">
-        <v>98</v>
+        <v>121</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50">
         <v>691</v>
       </c>
       <c r="B50">
         <v>2025</v>
       </c>
       <c r="C50">
         <v>4</v>
       </c>
       <c r="D50" t="s">
-        <v>94</v>
+        <v>117</v>
       </c>
       <c r="E50" t="s">
-        <v>95</v>
+        <v>118</v>
       </c>
       <c r="F50" t="s">
         <v>10</v>
       </c>
       <c r="G50" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H50" t="s">
-        <v>99</v>
+        <v>122</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51">
         <v>542</v>
       </c>
       <c r="B51">
         <v>2025</v>
       </c>
       <c r="C51">
         <v>1</v>
       </c>
       <c r="D51" t="s">
-        <v>100</v>
+        <v>123</v>
       </c>
       <c r="E51" t="s">
-        <v>101</v>
+        <v>124</v>
       </c>
       <c r="F51" t="s">
         <v>10</v>
       </c>
       <c r="G51" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H51" t="s">
-        <v>102</v>
+        <v>125</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52">
         <v>591</v>
       </c>
       <c r="B52">
         <v>2025</v>
       </c>
       <c r="C52">
         <v>2</v>
       </c>
       <c r="D52" t="s">
-        <v>100</v>
+        <v>123</v>
       </c>
       <c r="E52" t="s">
-        <v>101</v>
+        <v>124</v>
       </c>
       <c r="F52" t="s">
         <v>10</v>
       </c>
       <c r="G52" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H52" t="s">
-        <v>103</v>
+        <v>126</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53">
         <v>477</v>
       </c>
       <c r="B53">
         <v>2025</v>
       </c>
       <c r="C53">
         <v>1</v>
       </c>
       <c r="D53" t="s">
-        <v>104</v>
+        <v>127</v>
       </c>
       <c r="E53" t="s">
-        <v>105</v>
+        <v>128</v>
       </c>
       <c r="F53" t="s">
-        <v>106</v>
+        <v>129</v>
       </c>
       <c r="G53" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H53" t="s">
-        <v>107</v>
+        <v>130</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54">
         <v>544</v>
       </c>
       <c r="B54">
         <v>2025</v>
       </c>
       <c r="C54">
         <v>2</v>
       </c>
       <c r="D54" t="s">
-        <v>104</v>
+        <v>127</v>
       </c>
       <c r="E54" t="s">
-        <v>105</v>
+        <v>128</v>
       </c>
       <c r="F54" t="s">
         <v>35</v>
       </c>
       <c r="G54" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H54" t="s">
-        <v>108</v>
+        <v>131</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55">
         <v>545</v>
       </c>
       <c r="B55">
         <v>2025</v>
       </c>
       <c r="C55">
         <v>3</v>
       </c>
       <c r="D55" t="s">
-        <v>104</v>
+        <v>127</v>
       </c>
       <c r="E55" t="s">
-        <v>105</v>
+        <v>128</v>
       </c>
       <c r="F55" t="s">
-        <v>86</v>
+        <v>103</v>
       </c>
       <c r="G55" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H55" t="s">
-        <v>109</v>
+        <v>132</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56">
         <v>546</v>
       </c>
       <c r="B56">
         <v>2025</v>
       </c>
       <c r="C56">
         <v>4</v>
       </c>
       <c r="D56" t="s">
-        <v>104</v>
+        <v>127</v>
       </c>
       <c r="E56" t="s">
-        <v>105</v>
+        <v>128</v>
       </c>
       <c r="F56" t="s">
-        <v>106</v>
+        <v>129</v>
       </c>
       <c r="G56" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H56" t="s">
-        <v>110</v>
+        <v>133</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57">
         <v>572</v>
       </c>
       <c r="B57">
         <v>2025</v>
       </c>
       <c r="C57">
         <v>5</v>
       </c>
       <c r="D57" t="s">
-        <v>104</v>
+        <v>127</v>
       </c>
       <c r="E57" t="s">
-        <v>105</v>
+        <v>128</v>
       </c>
       <c r="F57" t="s">
-        <v>83</v>
+        <v>98</v>
       </c>
       <c r="G57" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H57" t="s">
-        <v>111</v>
+        <v>134</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58">
         <v>585</v>
       </c>
       <c r="B58">
         <v>2025</v>
       </c>
       <c r="C58">
         <v>6</v>
       </c>
       <c r="D58" t="s">
-        <v>104</v>
+        <v>127</v>
       </c>
       <c r="E58" t="s">
-        <v>105</v>
+        <v>128</v>
       </c>
       <c r="F58" t="s">
         <v>35</v>
       </c>
       <c r="G58" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H58" t="s">
-        <v>112</v>
+        <v>135</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59">
         <v>641</v>
       </c>
       <c r="B59">
         <v>2025</v>
       </c>
       <c r="C59">
         <v>7</v>
       </c>
       <c r="D59" t="s">
-        <v>104</v>
+        <v>127</v>
       </c>
       <c r="E59" t="s">
-        <v>105</v>
+        <v>128</v>
       </c>
       <c r="F59" t="s">
-        <v>113</v>
+        <v>136</v>
       </c>
       <c r="G59" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H59" t="s">
-        <v>114</v>
+        <v>137</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60">
         <v>642</v>
       </c>
       <c r="B60">
         <v>2025</v>
       </c>
       <c r="C60">
         <v>8</v>
       </c>
       <c r="D60" t="s">
-        <v>104</v>
+        <v>127</v>
       </c>
       <c r="E60" t="s">
-        <v>105</v>
+        <v>128</v>
       </c>
       <c r="F60" t="s">
-        <v>115</v>
+        <v>138</v>
       </c>
       <c r="G60" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H60" t="s">
-        <v>116</v>
+        <v>139</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61">
         <v>650</v>
       </c>
       <c r="B61">
         <v>2025</v>
       </c>
       <c r="C61">
         <v>9</v>
       </c>
       <c r="D61" t="s">
-        <v>104</v>
+        <v>127</v>
       </c>
       <c r="E61" t="s">
-        <v>105</v>
+        <v>128</v>
       </c>
       <c r="F61" t="s">
-        <v>106</v>
+        <v>129</v>
       </c>
       <c r="G61" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H61" t="s">
-        <v>117</v>
+        <v>140</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62">
         <v>672</v>
       </c>
       <c r="B62">
         <v>2025</v>
       </c>
       <c r="C62">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>104</v>
+        <v>127</v>
       </c>
       <c r="E62" t="s">
-        <v>105</v>
+        <v>128</v>
       </c>
       <c r="F62" t="s">
-        <v>86</v>
+        <v>103</v>
       </c>
       <c r="G62" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H62" t="s">
-        <v>118</v>
+        <v>141</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63">
         <v>686</v>
       </c>
       <c r="B63">
         <v>2025</v>
       </c>
       <c r="C63">
         <v>11</v>
       </c>
       <c r="D63" t="s">
-        <v>104</v>
+        <v>127</v>
       </c>
       <c r="E63" t="s">
-        <v>105</v>
+        <v>128</v>
       </c>
       <c r="F63" t="s">
         <v>35</v>
       </c>
       <c r="G63" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H63" t="s">
-        <v>119</v>
+        <v>142</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64">
         <v>437</v>
       </c>
       <c r="B64">
         <v>2025</v>
       </c>
       <c r="C64">
         <v>1</v>
       </c>
       <c r="D64" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E64" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F64" t="s">
-        <v>106</v>
+        <v>129</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>122</v>
+        <v>145</v>
       </c>
       <c r="H64" t="s">
-        <v>123</v>
+        <v>146</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65">
         <v>438</v>
       </c>
       <c r="B65">
         <v>2025</v>
       </c>
       <c r="C65">
         <v>2</v>
       </c>
       <c r="D65" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E65" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F65" t="s">
-        <v>106</v>
+        <v>129</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>124</v>
+        <v>147</v>
       </c>
       <c r="H65" t="s">
-        <v>125</v>
+        <v>148</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66">
         <v>439</v>
       </c>
       <c r="B66">
         <v>2025</v>
       </c>
       <c r="C66">
         <v>3</v>
       </c>
       <c r="D66" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E66" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F66" t="s">
-        <v>86</v>
+        <v>103</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>126</v>
+        <v>149</v>
       </c>
       <c r="H66" t="s">
-        <v>127</v>
+        <v>150</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67">
         <v>440</v>
       </c>
       <c r="B67">
         <v>2025</v>
       </c>
       <c r="C67">
         <v>4</v>
       </c>
       <c r="D67" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E67" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F67" t="s">
-        <v>86</v>
+        <v>103</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>128</v>
+        <v>151</v>
       </c>
       <c r="H67" t="s">
-        <v>129</v>
+        <v>152</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68">
         <v>441</v>
       </c>
       <c r="B68">
         <v>2025</v>
       </c>
       <c r="C68">
         <v>5</v>
       </c>
       <c r="D68" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E68" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F68" t="s">
-        <v>86</v>
+        <v>103</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>130</v>
+        <v>153</v>
       </c>
       <c r="H68" t="s">
-        <v>131</v>
+        <v>154</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69">
         <v>442</v>
       </c>
       <c r="B69">
         <v>2025</v>
       </c>
       <c r="C69">
         <v>6</v>
       </c>
       <c r="D69" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E69" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F69" t="s">
         <v>21</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>132</v>
+        <v>155</v>
       </c>
       <c r="H69" t="s">
-        <v>133</v>
+        <v>156</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70">
         <v>443</v>
       </c>
       <c r="B70">
         <v>2025</v>
       </c>
       <c r="C70">
         <v>7</v>
       </c>
       <c r="D70" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E70" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F70" t="s">
         <v>21</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>134</v>
+        <v>157</v>
       </c>
       <c r="H70" t="s">
-        <v>135</v>
+        <v>158</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71">
         <v>444</v>
       </c>
       <c r="B71">
         <v>2025</v>
       </c>
       <c r="C71">
         <v>8</v>
       </c>
       <c r="D71" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E71" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F71" t="s">
-        <v>136</v>
+        <v>159</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>137</v>
+        <v>160</v>
       </c>
       <c r="H71" t="s">
-        <v>138</v>
+        <v>161</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72">
         <v>445</v>
       </c>
       <c r="B72">
         <v>2025</v>
       </c>
       <c r="C72">
         <v>9</v>
       </c>
       <c r="D72" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E72" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F72" t="s">
-        <v>136</v>
+        <v>159</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>139</v>
+        <v>162</v>
       </c>
       <c r="H72" t="s">
-        <v>140</v>
+        <v>163</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73">
         <v>446</v>
       </c>
       <c r="B73">
         <v>2025</v>
       </c>
       <c r="C73">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E73" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F73" t="s">
-        <v>86</v>
+        <v>103</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>141</v>
+        <v>164</v>
       </c>
       <c r="H73" t="s">
-        <v>142</v>
+        <v>165</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74">
         <v>447</v>
       </c>
       <c r="B74">
         <v>2025</v>
       </c>
       <c r="C74">
         <v>11</v>
       </c>
       <c r="D74" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E74" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F74" t="s">
-        <v>86</v>
+        <v>103</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>143</v>
+        <v>166</v>
       </c>
       <c r="H74" t="s">
-        <v>144</v>
+        <v>167</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75">
         <v>448</v>
       </c>
       <c r="B75">
         <v>2025</v>
       </c>
       <c r="C75">
         <v>12</v>
       </c>
       <c r="D75" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E75" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F75" t="s">
-        <v>145</v>
+        <v>168</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>146</v>
+        <v>169</v>
       </c>
       <c r="H75" t="s">
-        <v>147</v>
+        <v>170</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76">
         <v>449</v>
       </c>
       <c r="B76">
         <v>2025</v>
       </c>
       <c r="C76">
         <v>13</v>
       </c>
       <c r="D76" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E76" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F76" t="s">
-        <v>145</v>
+        <v>168</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>148</v>
+        <v>171</v>
       </c>
       <c r="H76" t="s">
-        <v>149</v>
+        <v>172</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77">
         <v>450</v>
       </c>
       <c r="B77">
         <v>2025</v>
       </c>
       <c r="C77">
         <v>14</v>
       </c>
       <c r="D77" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E77" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F77" t="s">
-        <v>83</v>
+        <v>98</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>150</v>
+        <v>173</v>
       </c>
       <c r="H77" t="s">
-        <v>151</v>
+        <v>174</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78">
         <v>451</v>
       </c>
       <c r="B78">
         <v>2025</v>
       </c>
       <c r="C78">
         <v>15</v>
       </c>
       <c r="D78" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E78" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F78" t="s">
-        <v>83</v>
+        <v>98</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>152</v>
+        <v>175</v>
       </c>
       <c r="H78" t="s">
-        <v>153</v>
+        <v>176</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79">
         <v>452</v>
       </c>
       <c r="B79">
         <v>2025</v>
       </c>
       <c r="C79">
         <v>16</v>
       </c>
       <c r="D79" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E79" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F79" t="s">
-        <v>83</v>
+        <v>98</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>154</v>
+        <v>177</v>
       </c>
       <c r="H79" t="s">
-        <v>155</v>
+        <v>178</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80">
         <v>453</v>
       </c>
       <c r="B80">
         <v>2025</v>
       </c>
       <c r="C80">
         <v>17</v>
       </c>
       <c r="D80" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E80" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F80" t="s">
         <v>35</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>156</v>
+        <v>179</v>
       </c>
       <c r="H80" t="s">
-        <v>157</v>
+        <v>180</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81">
         <v>454</v>
       </c>
       <c r="B81">
         <v>2025</v>
       </c>
       <c r="C81">
         <v>18</v>
       </c>
       <c r="D81" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E81" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F81" t="s">
         <v>35</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>158</v>
+        <v>181</v>
       </c>
       <c r="H81" t="s">
-        <v>159</v>
+        <v>182</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82">
         <v>455</v>
       </c>
       <c r="B82">
         <v>2025</v>
       </c>
       <c r="C82">
         <v>19</v>
       </c>
       <c r="D82" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E82" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F82" t="s">
         <v>35</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>160</v>
+        <v>183</v>
       </c>
       <c r="H82" t="s">
-        <v>161</v>
+        <v>184</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83">
         <v>456</v>
       </c>
       <c r="B83">
         <v>2025</v>
       </c>
       <c r="C83">
         <v>20</v>
       </c>
       <c r="D83" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E83" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F83" t="s">
-        <v>115</v>
+        <v>138</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>162</v>
+        <v>185</v>
       </c>
       <c r="H83" t="s">
-        <v>163</v>
+        <v>186</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84">
         <v>457</v>
       </c>
       <c r="B84">
         <v>2025</v>
       </c>
       <c r="C84">
         <v>21</v>
       </c>
       <c r="D84" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E84" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F84" t="s">
-        <v>115</v>
+        <v>138</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>164</v>
+        <v>187</v>
       </c>
       <c r="H84" t="s">
-        <v>165</v>
+        <v>188</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85">
         <v>458</v>
       </c>
       <c r="B85">
         <v>2025</v>
       </c>
       <c r="C85">
         <v>22</v>
       </c>
       <c r="D85" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E85" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F85" t="s">
-        <v>166</v>
+        <v>189</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>167</v>
+        <v>190</v>
       </c>
       <c r="H85" t="s">
-        <v>168</v>
+        <v>191</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86">
         <v>459</v>
       </c>
       <c r="B86">
         <v>2025</v>
       </c>
       <c r="C86">
         <v>23</v>
       </c>
       <c r="D86" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E86" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F86" t="s">
-        <v>166</v>
+        <v>189</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>169</v>
+        <v>192</v>
       </c>
       <c r="H86" t="s">
-        <v>170</v>
+        <v>193</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87">
         <v>460</v>
       </c>
       <c r="B87">
         <v>2025</v>
       </c>
       <c r="C87">
         <v>24</v>
       </c>
       <c r="D87" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E87" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F87" t="s">
-        <v>166</v>
+        <v>189</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>171</v>
+        <v>194</v>
       </c>
       <c r="H87" t="s">
-        <v>172</v>
+        <v>195</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88">
         <v>461</v>
       </c>
       <c r="B88">
         <v>2025</v>
       </c>
       <c r="C88">
         <v>25</v>
       </c>
       <c r="D88" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E88" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F88" t="s">
-        <v>173</v>
+        <v>196</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="H88" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89">
         <v>462</v>
       </c>
       <c r="B89">
         <v>2025</v>
       </c>
       <c r="C89">
         <v>26</v>
       </c>
       <c r="D89" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E89" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F89" t="s">
-        <v>173</v>
+        <v>196</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>176</v>
+        <v>199</v>
       </c>
       <c r="H89" t="s">
-        <v>177</v>
+        <v>200</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90">
         <v>465</v>
       </c>
       <c r="B90">
         <v>2025</v>
       </c>
       <c r="C90">
         <v>27</v>
       </c>
       <c r="D90" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E90" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F90" t="s">
         <v>21</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>178</v>
+        <v>201</v>
       </c>
       <c r="H90" t="s">
-        <v>179</v>
+        <v>202</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91">
         <v>466</v>
       </c>
       <c r="B91">
         <v>2025</v>
       </c>
       <c r="C91">
         <v>28</v>
       </c>
       <c r="D91" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E91" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F91" t="s">
-        <v>83</v>
+        <v>98</v>
       </c>
       <c r="G91" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H91" t="s">
-        <v>180</v>
+        <v>203</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92">
         <v>467</v>
       </c>
       <c r="B92">
         <v>2025</v>
       </c>
       <c r="C92">
         <v>29</v>
       </c>
       <c r="D92" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E92" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F92" t="s">
-        <v>86</v>
+        <v>103</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>181</v>
+        <v>204</v>
       </c>
       <c r="H92" t="s">
-        <v>182</v>
+        <v>205</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93">
         <v>468</v>
       </c>
       <c r="B93">
         <v>2025</v>
       </c>
       <c r="C93">
         <v>30</v>
       </c>
       <c r="D93" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E93" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F93" t="s">
-        <v>86</v>
+        <v>103</v>
       </c>
       <c r="G93" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H93" t="s">
-        <v>183</v>
+        <v>206</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94">
         <v>469</v>
       </c>
       <c r="B94">
         <v>2025</v>
       </c>
       <c r="C94">
         <v>31</v>
       </c>
       <c r="D94" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E94" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F94" t="s">
         <v>21</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>184</v>
+        <v>207</v>
       </c>
       <c r="H94" t="s">
-        <v>185</v>
+        <v>208</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95">
         <v>470</v>
       </c>
       <c r="B95">
         <v>2025</v>
       </c>
       <c r="C95">
         <v>32</v>
       </c>
       <c r="D95" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E95" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F95" t="s">
-        <v>186</v>
+        <v>209</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>187</v>
+        <v>210</v>
       </c>
       <c r="H95" t="s">
-        <v>188</v>
+        <v>211</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96">
         <v>471</v>
       </c>
       <c r="B96">
         <v>2025</v>
       </c>
       <c r="C96">
         <v>33</v>
       </c>
       <c r="D96" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E96" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F96" t="s">
-        <v>115</v>
+        <v>138</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>189</v>
+        <v>212</v>
       </c>
       <c r="H96" t="s">
-        <v>190</v>
+        <v>213</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97">
         <v>472</v>
       </c>
       <c r="B97">
         <v>2025</v>
       </c>
       <c r="C97">
         <v>34</v>
       </c>
       <c r="D97" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E97" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F97" t="s">
-        <v>115</v>
+        <v>138</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>191</v>
+        <v>214</v>
       </c>
       <c r="H97" t="s">
-        <v>192</v>
+        <v>215</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98">
         <v>473</v>
       </c>
       <c r="B98">
         <v>2025</v>
       </c>
       <c r="C98">
         <v>35</v>
       </c>
       <c r="D98" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E98" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F98" t="s">
         <v>21</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>193</v>
+        <v>216</v>
       </c>
       <c r="H98" t="s">
-        <v>194</v>
+        <v>217</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99">
         <v>474</v>
       </c>
       <c r="B99">
         <v>2025</v>
       </c>
       <c r="C99">
         <v>36</v>
       </c>
       <c r="D99" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E99" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F99" t="s">
-        <v>83</v>
+        <v>98</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>195</v>
+        <v>218</v>
       </c>
       <c r="H99" t="s">
-        <v>196</v>
+        <v>219</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100">
         <v>475</v>
       </c>
       <c r="B100">
         <v>2025</v>
       </c>
       <c r="C100">
         <v>37</v>
       </c>
       <c r="D100" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E100" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F100" t="s">
         <v>35</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>197</v>
+        <v>220</v>
       </c>
       <c r="H100" t="s">
-        <v>198</v>
+        <v>221</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101">
         <v>476</v>
       </c>
       <c r="B101">
         <v>2025</v>
       </c>
       <c r="C101">
         <v>38</v>
       </c>
       <c r="D101" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E101" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F101" t="s">
         <v>35</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>199</v>
+        <v>222</v>
       </c>
       <c r="H101" t="s">
-        <v>200</v>
+        <v>223</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102">
         <v>480</v>
       </c>
       <c r="B102">
         <v>2025</v>
       </c>
       <c r="C102">
         <v>39</v>
       </c>
       <c r="D102" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E102" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F102" t="s">
-        <v>86</v>
+        <v>103</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>201</v>
+        <v>224</v>
       </c>
       <c r="H102" t="s">
-        <v>202</v>
+        <v>225</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103">
         <v>481</v>
       </c>
       <c r="B103">
         <v>2025</v>
       </c>
       <c r="C103">
         <v>40</v>
       </c>
       <c r="D103" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E103" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F103" t="s">
-        <v>86</v>
+        <v>103</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>203</v>
+        <v>226</v>
       </c>
       <c r="H103" t="s">
-        <v>204</v>
+        <v>227</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104">
         <v>482</v>
       </c>
       <c r="B104">
         <v>2025</v>
       </c>
       <c r="C104">
         <v>41</v>
       </c>
       <c r="D104" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E104" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F104" t="s">
-        <v>145</v>
+        <v>168</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>205</v>
+        <v>228</v>
       </c>
       <c r="H104" t="s">
-        <v>206</v>
+        <v>229</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105">
         <v>483</v>
       </c>
       <c r="B105">
         <v>2025</v>
       </c>
       <c r="C105">
         <v>42</v>
       </c>
       <c r="D105" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E105" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F105" t="s">
-        <v>145</v>
+        <v>168</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>207</v>
+        <v>230</v>
       </c>
       <c r="H105" t="s">
-        <v>208</v>
+        <v>231</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106">
         <v>484</v>
       </c>
       <c r="B106">
         <v>2025</v>
       </c>
       <c r="C106">
         <v>43</v>
       </c>
       <c r="D106" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E106" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F106" t="s">
-        <v>173</v>
+        <v>196</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>209</v>
+        <v>232</v>
       </c>
       <c r="H106" t="s">
-        <v>210</v>
+        <v>233</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107">
         <v>485</v>
       </c>
       <c r="B107">
         <v>2025</v>
       </c>
       <c r="C107">
         <v>44</v>
       </c>
       <c r="D107" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E107" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F107" t="s">
-        <v>136</v>
+        <v>159</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>211</v>
+        <v>234</v>
       </c>
       <c r="H107" t="s">
-        <v>212</v>
+        <v>235</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108">
         <v>486</v>
       </c>
       <c r="B108">
         <v>2025</v>
       </c>
       <c r="C108">
         <v>45</v>
       </c>
       <c r="D108" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E108" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F108" t="s">
         <v>35</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>213</v>
+        <v>236</v>
       </c>
       <c r="H108" t="s">
-        <v>214</v>
+        <v>237</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109">
         <v>487</v>
       </c>
       <c r="B109">
         <v>2025</v>
       </c>
       <c r="C109">
         <v>46</v>
       </c>
       <c r="D109" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E109" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F109" t="s">
         <v>35</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>215</v>
+        <v>238</v>
       </c>
       <c r="H109" t="s">
-        <v>216</v>
+        <v>239</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110">
         <v>488</v>
       </c>
       <c r="B110">
         <v>2025</v>
       </c>
       <c r="C110">
         <v>47</v>
       </c>
       <c r="D110" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E110" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F110" t="s">
-        <v>166</v>
+        <v>189</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>217</v>
+        <v>240</v>
       </c>
       <c r="H110" t="s">
-        <v>218</v>
+        <v>241</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111">
         <v>489</v>
       </c>
       <c r="B111">
         <v>2025</v>
       </c>
       <c r="C111">
         <v>48</v>
       </c>
       <c r="D111" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E111" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F111" t="s">
-        <v>115</v>
+        <v>138</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>219</v>
+        <v>242</v>
       </c>
       <c r="H111" t="s">
-        <v>220</v>
+        <v>243</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112">
         <v>490</v>
       </c>
       <c r="B112">
         <v>2025</v>
       </c>
       <c r="C112">
         <v>49</v>
       </c>
       <c r="D112" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E112" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F112" t="s">
-        <v>115</v>
+        <v>138</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>221</v>
+        <v>244</v>
       </c>
       <c r="H112" t="s">
-        <v>222</v>
+        <v>245</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113">
         <v>491</v>
       </c>
       <c r="B113">
         <v>2025</v>
       </c>
       <c r="C113">
         <v>50</v>
       </c>
       <c r="D113" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E113" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F113" t="s">
-        <v>86</v>
+        <v>103</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>223</v>
+        <v>246</v>
       </c>
       <c r="H113" t="s">
-        <v>224</v>
+        <v>247</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114">
         <v>492</v>
       </c>
       <c r="B114">
         <v>2025</v>
       </c>
       <c r="C114">
         <v>51</v>
       </c>
       <c r="D114" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E114" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F114" t="s">
-        <v>86</v>
+        <v>103</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>225</v>
+        <v>248</v>
       </c>
       <c r="H114" t="s">
-        <v>226</v>
+        <v>249</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115">
         <v>493</v>
       </c>
       <c r="B115">
         <v>2025</v>
       </c>
       <c r="C115">
         <v>52</v>
       </c>
       <c r="D115" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E115" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F115" t="s">
-        <v>186</v>
+        <v>209</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>227</v>
+        <v>250</v>
       </c>
       <c r="H115" t="s">
-        <v>228</v>
+        <v>251</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116">
         <v>494</v>
       </c>
       <c r="B116">
         <v>2025</v>
       </c>
       <c r="C116">
         <v>53</v>
       </c>
       <c r="D116" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E116" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F116" t="s">
-        <v>186</v>
+        <v>209</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>229</v>
+        <v>252</v>
       </c>
       <c r="H116" t="s">
-        <v>230</v>
+        <v>253</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117">
         <v>495</v>
       </c>
       <c r="B117">
         <v>2025</v>
       </c>
       <c r="C117">
         <v>54</v>
       </c>
       <c r="D117" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E117" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F117" t="s">
-        <v>136</v>
+        <v>159</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>231</v>
+        <v>254</v>
       </c>
       <c r="H117" t="s">
-        <v>232</v>
+        <v>255</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118">
         <v>496</v>
       </c>
       <c r="B118">
         <v>2025</v>
       </c>
       <c r="C118">
         <v>55</v>
       </c>
       <c r="D118" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E118" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F118" t="s">
         <v>35</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>233</v>
+        <v>256</v>
       </c>
       <c r="H118" t="s">
-        <v>234</v>
+        <v>257</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119">
         <v>497</v>
       </c>
       <c r="B119">
         <v>2025</v>
       </c>
       <c r="C119">
         <v>56</v>
       </c>
       <c r="D119" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E119" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F119" t="s">
-        <v>235</v>
+        <v>258</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>236</v>
+        <v>259</v>
       </c>
       <c r="H119" t="s">
-        <v>237</v>
+        <v>260</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120">
         <v>498</v>
       </c>
       <c r="B120">
         <v>2025</v>
       </c>
       <c r="C120">
         <v>57</v>
       </c>
       <c r="D120" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E120" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F120" t="s">
-        <v>83</v>
+        <v>98</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>238</v>
+        <v>261</v>
       </c>
       <c r="H120" t="s">
-        <v>239</v>
+        <v>262</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121">
         <v>499</v>
       </c>
       <c r="B121">
         <v>2025</v>
       </c>
       <c r="C121">
         <v>58</v>
       </c>
       <c r="D121" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E121" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F121" t="s">
-        <v>83</v>
+        <v>98</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>240</v>
+        <v>263</v>
       </c>
       <c r="H121" t="s">
-        <v>241</v>
+        <v>264</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122">
         <v>500</v>
       </c>
       <c r="B122">
         <v>2025</v>
       </c>
       <c r="C122">
         <v>59</v>
       </c>
       <c r="D122" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E122" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F122" t="s">
-        <v>106</v>
+        <v>129</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>242</v>
+        <v>265</v>
       </c>
       <c r="H122" t="s">
-        <v>243</v>
+        <v>266</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123">
         <v>501</v>
       </c>
       <c r="B123">
         <v>2025</v>
       </c>
       <c r="C123">
         <v>60</v>
       </c>
       <c r="D123" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E123" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F123" t="s">
         <v>21</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>244</v>
+        <v>267</v>
       </c>
       <c r="H123" t="s">
-        <v>245</v>
+        <v>268</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124">
         <v>502</v>
       </c>
       <c r="B124">
         <v>2025</v>
       </c>
       <c r="C124">
         <v>61</v>
       </c>
       <c r="D124" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E124" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F124" t="s">
-        <v>186</v>
+        <v>209</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>246</v>
+        <v>269</v>
       </c>
       <c r="H124" t="s">
-        <v>247</v>
+        <v>270</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125">
         <v>503</v>
       </c>
       <c r="B125">
         <v>2025</v>
       </c>
       <c r="C125">
         <v>62</v>
       </c>
       <c r="D125" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E125" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F125" t="s">
-        <v>106</v>
+        <v>129</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>248</v>
+        <v>271</v>
       </c>
       <c r="H125" t="s">
-        <v>249</v>
+        <v>272</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126">
         <v>504</v>
       </c>
       <c r="B126">
         <v>2025</v>
       </c>
       <c r="C126">
         <v>63</v>
       </c>
       <c r="D126" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E126" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F126" t="s">
-        <v>145</v>
+        <v>168</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>250</v>
+        <v>273</v>
       </c>
       <c r="H126" t="s">
-        <v>251</v>
+        <v>274</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127">
         <v>505</v>
       </c>
       <c r="B127">
         <v>2025</v>
       </c>
       <c r="C127">
         <v>64</v>
       </c>
       <c r="D127" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E127" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F127" t="s">
         <v>35</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>252</v>
+        <v>275</v>
       </c>
       <c r="H127" t="s">
-        <v>253</v>
+        <v>276</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128">
         <v>506</v>
       </c>
       <c r="B128">
         <v>2025</v>
       </c>
       <c r="C128">
         <v>65</v>
       </c>
       <c r="D128" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E128" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F128" t="s">
         <v>35</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>254</v>
+        <v>277</v>
       </c>
       <c r="H128" t="s">
-        <v>255</v>
+        <v>278</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129">
         <v>507</v>
       </c>
       <c r="B129">
         <v>2025</v>
       </c>
       <c r="C129">
         <v>66</v>
       </c>
       <c r="D129" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E129" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F129" t="s">
-        <v>83</v>
+        <v>98</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>256</v>
+        <v>279</v>
       </c>
       <c r="H129" t="s">
-        <v>257</v>
+        <v>280</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130">
         <v>508</v>
       </c>
       <c r="B130">
         <v>2025</v>
       </c>
       <c r="C130">
         <v>67</v>
       </c>
       <c r="D130" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E130" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F130" t="s">
         <v>21</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>258</v>
+        <v>281</v>
       </c>
       <c r="H130" t="s">
-        <v>259</v>
+        <v>282</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131">
         <v>509</v>
       </c>
       <c r="B131">
         <v>2025</v>
       </c>
       <c r="C131">
         <v>68</v>
       </c>
       <c r="D131" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E131" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F131" t="s">
         <v>21</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>260</v>
+        <v>283</v>
       </c>
       <c r="H131" t="s">
-        <v>261</v>
+        <v>284</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132">
         <v>510</v>
       </c>
       <c r="B132">
         <v>2025</v>
       </c>
       <c r="C132">
         <v>69</v>
       </c>
       <c r="D132" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E132" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F132" t="s">
-        <v>173</v>
+        <v>196</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>262</v>
+        <v>285</v>
       </c>
       <c r="H132" t="s">
-        <v>263</v>
+        <v>286</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133">
         <v>511</v>
       </c>
       <c r="B133">
         <v>2025</v>
       </c>
       <c r="C133">
         <v>70</v>
       </c>
       <c r="D133" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E133" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F133" t="s">
-        <v>106</v>
+        <v>129</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>264</v>
+        <v>287</v>
       </c>
       <c r="H133" t="s">
-        <v>265</v>
+        <v>288</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134">
         <v>513</v>
       </c>
       <c r="B134">
         <v>2025</v>
       </c>
       <c r="C134">
         <v>71</v>
       </c>
       <c r="D134" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E134" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F134" t="s">
-        <v>86</v>
+        <v>103</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>266</v>
+        <v>289</v>
       </c>
       <c r="H134" t="s">
-        <v>267</v>
+        <v>290</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135">
         <v>514</v>
       </c>
       <c r="B135">
         <v>2025</v>
       </c>
       <c r="C135">
         <v>72</v>
       </c>
       <c r="D135" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E135" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F135" t="s">
-        <v>186</v>
+        <v>209</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>268</v>
+        <v>291</v>
       </c>
       <c r="H135" t="s">
-        <v>269</v>
+        <v>292</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136">
         <v>516</v>
       </c>
       <c r="B136">
         <v>2025</v>
       </c>
       <c r="C136">
         <v>73</v>
       </c>
       <c r="D136" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E136" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F136" t="s">
-        <v>186</v>
+        <v>209</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>270</v>
+        <v>293</v>
       </c>
       <c r="H136" t="s">
-        <v>271</v>
+        <v>294</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137">
         <v>517</v>
       </c>
       <c r="B137">
         <v>2025</v>
       </c>
       <c r="C137">
         <v>74</v>
       </c>
       <c r="D137" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E137" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F137" t="s">
-        <v>83</v>
+        <v>98</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>272</v>
+        <v>295</v>
       </c>
       <c r="H137" t="s">
-        <v>273</v>
+        <v>296</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138">
         <v>518</v>
       </c>
       <c r="B138">
         <v>2025</v>
       </c>
       <c r="C138">
         <v>75</v>
       </c>
       <c r="D138" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E138" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F138" t="s">
-        <v>83</v>
+        <v>98</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>274</v>
+        <v>297</v>
       </c>
       <c r="H138" t="s">
-        <v>275</v>
+        <v>298</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139">
         <v>519</v>
       </c>
       <c r="B139">
         <v>2025</v>
       </c>
       <c r="C139">
         <v>76</v>
       </c>
       <c r="D139" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E139" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F139" t="s">
-        <v>136</v>
+        <v>159</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>276</v>
+        <v>299</v>
       </c>
       <c r="H139" t="s">
-        <v>277</v>
+        <v>300</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140">
         <v>520</v>
       </c>
       <c r="B140">
         <v>2025</v>
       </c>
       <c r="C140">
         <v>77</v>
       </c>
       <c r="D140" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E140" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F140" t="s">
-        <v>173</v>
+        <v>196</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>278</v>
+        <v>301</v>
       </c>
       <c r="H140" t="s">
-        <v>279</v>
+        <v>302</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141">
         <v>521</v>
       </c>
       <c r="B141">
         <v>2025</v>
       </c>
       <c r="C141">
         <v>78</v>
       </c>
       <c r="D141" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E141" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F141" t="s">
-        <v>173</v>
+        <v>196</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>280</v>
+        <v>303</v>
       </c>
       <c r="H141" t="s">
-        <v>281</v>
+        <v>304</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142">
         <v>522</v>
       </c>
       <c r="B142">
         <v>2025</v>
       </c>
       <c r="C142">
         <v>79</v>
       </c>
       <c r="D142" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E142" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F142" t="s">
-        <v>145</v>
+        <v>168</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>282</v>
+        <v>305</v>
       </c>
       <c r="H142" t="s">
-        <v>283</v>
+        <v>306</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143">
         <v>523</v>
       </c>
       <c r="B143">
         <v>2025</v>
       </c>
       <c r="C143">
         <v>80</v>
       </c>
       <c r="D143" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E143" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F143" t="s">
         <v>35</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>284</v>
+        <v>307</v>
       </c>
       <c r="H143" t="s">
-        <v>285</v>
+        <v>308</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144">
         <v>524</v>
       </c>
       <c r="B144">
         <v>2025</v>
       </c>
       <c r="C144">
         <v>81</v>
       </c>
       <c r="D144" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E144" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F144" t="s">
-        <v>136</v>
+        <v>159</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>286</v>
+        <v>309</v>
       </c>
       <c r="H144" t="s">
-        <v>287</v>
+        <v>310</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145">
         <v>525</v>
       </c>
       <c r="B145">
         <v>2025</v>
       </c>
       <c r="C145">
         <v>82</v>
       </c>
       <c r="D145" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E145" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F145" t="s">
-        <v>83</v>
+        <v>98</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>288</v>
+        <v>311</v>
       </c>
       <c r="H145" t="s">
-        <v>289</v>
+        <v>312</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146">
         <v>526</v>
       </c>
       <c r="B146">
         <v>2025</v>
       </c>
       <c r="C146">
         <v>83</v>
       </c>
       <c r="D146" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E146" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F146" t="s">
         <v>35</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>290</v>
+        <v>313</v>
       </c>
       <c r="H146" t="s">
-        <v>291</v>
+        <v>314</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147">
         <v>527</v>
       </c>
       <c r="B147">
         <v>2025</v>
       </c>
       <c r="C147">
         <v>84</v>
       </c>
       <c r="D147" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E147" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F147" t="s">
         <v>35</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>292</v>
+        <v>315</v>
       </c>
       <c r="H147" t="s">
-        <v>293</v>
+        <v>316</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148">
         <v>528</v>
       </c>
       <c r="B148">
         <v>2025</v>
       </c>
       <c r="C148">
         <v>85</v>
       </c>
       <c r="D148" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E148" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F148" t="s">
-        <v>186</v>
+        <v>209</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>294</v>
+        <v>317</v>
       </c>
       <c r="H148" t="s">
-        <v>295</v>
+        <v>318</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149">
         <v>533</v>
       </c>
       <c r="B149">
         <v>2025</v>
       </c>
       <c r="C149">
         <v>86</v>
       </c>
       <c r="D149" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E149" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F149" t="s">
-        <v>173</v>
+        <v>196</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>296</v>
+        <v>319</v>
       </c>
       <c r="H149" t="s">
-        <v>297</v>
+        <v>320</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150">
         <v>534</v>
       </c>
       <c r="B150">
         <v>2025</v>
       </c>
       <c r="C150">
         <v>87</v>
       </c>
       <c r="D150" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E150" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F150" t="s">
         <v>35</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>298</v>
+        <v>321</v>
       </c>
       <c r="H150" t="s">
-        <v>299</v>
+        <v>322</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151">
         <v>535</v>
       </c>
       <c r="B151">
         <v>2025</v>
       </c>
       <c r="C151">
         <v>88</v>
       </c>
       <c r="D151" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E151" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F151" t="s">
-        <v>145</v>
+        <v>168</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>300</v>
+        <v>323</v>
       </c>
       <c r="H151" t="s">
-        <v>301</v>
+        <v>324</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152">
         <v>536</v>
       </c>
       <c r="B152">
         <v>2025</v>
       </c>
       <c r="C152">
         <v>89</v>
       </c>
       <c r="D152" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E152" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F152" t="s">
-        <v>145</v>
+        <v>168</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>302</v>
+        <v>325</v>
       </c>
       <c r="H152" t="s">
-        <v>303</v>
+        <v>326</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153">
         <v>537</v>
       </c>
       <c r="B153">
         <v>2025</v>
       </c>
       <c r="C153">
         <v>90</v>
       </c>
       <c r="D153" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E153" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F153" t="s">
-        <v>136</v>
+        <v>159</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>304</v>
+        <v>327</v>
       </c>
       <c r="H153" t="s">
-        <v>305</v>
+        <v>328</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154">
         <v>539</v>
       </c>
       <c r="B154">
         <v>2025</v>
       </c>
       <c r="C154">
         <v>91</v>
       </c>
       <c r="D154" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E154" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F154" t="s">
-        <v>83</v>
+        <v>98</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>306</v>
+        <v>329</v>
       </c>
       <c r="H154" t="s">
-        <v>307</v>
+        <v>330</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155">
         <v>541</v>
       </c>
       <c r="B155">
         <v>2025</v>
       </c>
       <c r="C155">
         <v>92</v>
       </c>
       <c r="D155" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E155" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F155" t="s">
         <v>35</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>308</v>
+        <v>331</v>
       </c>
       <c r="H155" t="s">
-        <v>309</v>
+        <v>332</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156">
         <v>547</v>
       </c>
       <c r="B156">
         <v>2025</v>
       </c>
       <c r="C156">
         <v>93</v>
       </c>
       <c r="D156" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E156" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F156" t="s">
         <v>35</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>310</v>
+        <v>333</v>
       </c>
       <c r="H156" t="s">
-        <v>311</v>
+        <v>334</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157">
         <v>548</v>
       </c>
       <c r="B157">
         <v>2025</v>
       </c>
       <c r="C157">
         <v>94</v>
       </c>
       <c r="D157" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E157" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F157" t="s">
-        <v>173</v>
+        <v>196</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>312</v>
+        <v>335</v>
       </c>
       <c r="H157" t="s">
-        <v>313</v>
+        <v>336</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158">
         <v>549</v>
       </c>
       <c r="B158">
         <v>2025</v>
       </c>
       <c r="C158">
         <v>95</v>
       </c>
       <c r="D158" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E158" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F158" t="s">
-        <v>136</v>
+        <v>159</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>314</v>
+        <v>337</v>
       </c>
       <c r="H158" t="s">
-        <v>315</v>
+        <v>338</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159">
         <v>550</v>
       </c>
       <c r="B159">
         <v>2025</v>
       </c>
       <c r="C159">
         <v>96</v>
       </c>
       <c r="D159" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E159" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F159" t="s">
-        <v>86</v>
+        <v>103</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>316</v>
+        <v>339</v>
       </c>
       <c r="H159" t="s">
-        <v>317</v>
+        <v>340</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160">
         <v>551</v>
       </c>
       <c r="B160">
         <v>2025</v>
       </c>
       <c r="C160">
         <v>97</v>
       </c>
       <c r="D160" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E160" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F160" t="s">
-        <v>186</v>
+        <v>209</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>318</v>
+        <v>341</v>
       </c>
       <c r="H160" t="s">
-        <v>319</v>
+        <v>342</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161">
         <v>552</v>
       </c>
       <c r="B161">
         <v>2025</v>
       </c>
       <c r="C161">
         <v>98</v>
       </c>
       <c r="D161" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E161" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F161" t="s">
-        <v>145</v>
+        <v>168</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>320</v>
+        <v>343</v>
       </c>
       <c r="H161" t="s">
-        <v>321</v>
+        <v>344</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162">
         <v>553</v>
       </c>
       <c r="B162">
         <v>2025</v>
       </c>
       <c r="C162">
         <v>99</v>
       </c>
       <c r="D162" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E162" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F162" t="s">
-        <v>145</v>
+        <v>168</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>322</v>
+        <v>345</v>
       </c>
       <c r="H162" t="s">
-        <v>323</v>
+        <v>346</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163">
         <v>555</v>
       </c>
       <c r="B163">
         <v>2025</v>
       </c>
       <c r="C163">
         <v>100</v>
       </c>
       <c r="D163" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E163" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F163" t="s">
-        <v>106</v>
+        <v>129</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>324</v>
+        <v>347</v>
       </c>
       <c r="H163" t="s">
-        <v>325</v>
+        <v>348</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164">
         <v>556</v>
       </c>
       <c r="B164">
         <v>2025</v>
       </c>
       <c r="C164">
         <v>101</v>
       </c>
       <c r="D164" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E164" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F164" t="s">
-        <v>173</v>
+        <v>196</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>326</v>
+        <v>349</v>
       </c>
       <c r="H164" t="s">
-        <v>327</v>
+        <v>350</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165">
         <v>557</v>
       </c>
       <c r="B165">
         <v>2025</v>
       </c>
       <c r="C165">
         <v>102</v>
       </c>
       <c r="D165" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E165" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F165" t="s">
-        <v>136</v>
+        <v>159</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>328</v>
+        <v>351</v>
       </c>
       <c r="H165" t="s">
-        <v>329</v>
+        <v>352</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166">
         <v>559</v>
       </c>
       <c r="B166">
         <v>2025</v>
       </c>
       <c r="C166">
         <v>103</v>
       </c>
       <c r="D166" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E166" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F166" t="s">
-        <v>166</v>
+        <v>189</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>330</v>
+        <v>353</v>
       </c>
       <c r="H166" t="s">
-        <v>331</v>
+        <v>354</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167">
         <v>561</v>
       </c>
       <c r="B167">
         <v>2025</v>
       </c>
       <c r="C167">
         <v>104</v>
       </c>
       <c r="D167" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E167" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F167" t="s">
-        <v>83</v>
+        <v>98</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>332</v>
+        <v>355</v>
       </c>
       <c r="H167" t="s">
-        <v>333</v>
+        <v>356</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168">
         <v>562</v>
       </c>
       <c r="B168">
         <v>2025</v>
       </c>
       <c r="C168">
         <v>105</v>
       </c>
       <c r="D168" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E168" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F168" t="s">
-        <v>83</v>
+        <v>98</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>334</v>
+        <v>357</v>
       </c>
       <c r="H168" t="s">
-        <v>335</v>
+        <v>358</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169">
         <v>563</v>
       </c>
       <c r="B169">
         <v>2025</v>
       </c>
       <c r="C169">
         <v>106</v>
       </c>
       <c r="D169" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E169" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F169" t="s">
-        <v>186</v>
+        <v>209</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>336</v>
+        <v>359</v>
       </c>
       <c r="H169" t="s">
-        <v>337</v>
+        <v>360</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170">
         <v>564</v>
       </c>
       <c r="B170">
         <v>2025</v>
       </c>
       <c r="C170">
         <v>107</v>
       </c>
       <c r="D170" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E170" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F170" t="s">
-        <v>166</v>
+        <v>189</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>338</v>
+        <v>361</v>
       </c>
       <c r="H170" t="s">
-        <v>339</v>
+        <v>362</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171">
         <v>565</v>
       </c>
       <c r="B171">
         <v>2025</v>
       </c>
       <c r="C171">
         <v>108</v>
       </c>
       <c r="D171" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E171" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F171" t="s">
-        <v>115</v>
+        <v>138</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>340</v>
+        <v>363</v>
       </c>
       <c r="H171" t="s">
-        <v>341</v>
+        <v>364</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172">
         <v>566</v>
       </c>
       <c r="B172">
         <v>2025</v>
       </c>
       <c r="C172">
         <v>109</v>
       </c>
       <c r="D172" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E172" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F172" t="s">
         <v>21</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>342</v>
+        <v>365</v>
       </c>
       <c r="H172" t="s">
-        <v>343</v>
+        <v>366</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173">
         <v>567</v>
       </c>
       <c r="B173">
         <v>2025</v>
       </c>
       <c r="C173">
         <v>110</v>
       </c>
       <c r="D173" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E173" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F173" t="s">
         <v>35</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>344</v>
+        <v>367</v>
       </c>
       <c r="H173" t="s">
-        <v>345</v>
+        <v>368</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174">
         <v>568</v>
       </c>
       <c r="B174">
         <v>2025</v>
       </c>
       <c r="C174">
         <v>111</v>
       </c>
       <c r="D174" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E174" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F174" t="s">
-        <v>106</v>
+        <v>129</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>346</v>
+        <v>369</v>
       </c>
       <c r="H174" t="s">
-        <v>347</v>
+        <v>370</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175">
         <v>570</v>
       </c>
       <c r="B175">
         <v>2025</v>
       </c>
       <c r="C175">
         <v>112</v>
       </c>
       <c r="D175" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E175" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F175" t="s">
         <v>21</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>348</v>
+        <v>371</v>
       </c>
       <c r="H175" t="s">
-        <v>349</v>
+        <v>372</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176">
         <v>571</v>
       </c>
       <c r="B176">
         <v>2025</v>
       </c>
       <c r="C176">
         <v>113</v>
       </c>
       <c r="D176" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E176" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F176" t="s">
         <v>21</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>350</v>
+        <v>373</v>
       </c>
       <c r="H176" t="s">
-        <v>351</v>
+        <v>374</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177">
         <v>573</v>
       </c>
       <c r="B177">
         <v>2025</v>
       </c>
       <c r="C177">
         <v>114</v>
       </c>
       <c r="D177" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E177" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F177" t="s">
-        <v>136</v>
+        <v>159</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>352</v>
+        <v>375</v>
       </c>
       <c r="H177" t="s">
-        <v>353</v>
+        <v>376</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178">
         <v>574</v>
       </c>
       <c r="B178">
         <v>2025</v>
       </c>
       <c r="C178">
         <v>115</v>
       </c>
       <c r="D178" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E178" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F178" t="s">
         <v>35</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>354</v>
+        <v>377</v>
       </c>
       <c r="H178" t="s">
-        <v>355</v>
+        <v>378</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179">
         <v>575</v>
       </c>
       <c r="B179">
         <v>2025</v>
       </c>
       <c r="C179">
         <v>116</v>
       </c>
       <c r="D179" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E179" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F179" t="s">
-        <v>106</v>
+        <v>129</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>356</v>
+        <v>379</v>
       </c>
       <c r="H179" t="s">
-        <v>357</v>
+        <v>380</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180">
         <v>579</v>
       </c>
       <c r="B180">
         <v>2025</v>
       </c>
       <c r="C180">
         <v>117</v>
       </c>
       <c r="D180" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E180" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F180" t="s">
-        <v>106</v>
+        <v>129</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>358</v>
+        <v>381</v>
       </c>
       <c r="H180" t="s">
-        <v>359</v>
+        <v>382</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181">
         <v>580</v>
       </c>
       <c r="B181">
         <v>2025</v>
       </c>
       <c r="C181">
         <v>118</v>
       </c>
       <c r="D181" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E181" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F181" t="s">
         <v>35</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>360</v>
+        <v>383</v>
       </c>
       <c r="H181" t="s">
-        <v>361</v>
+        <v>384</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182">
         <v>582</v>
       </c>
       <c r="B182">
         <v>2025</v>
       </c>
       <c r="C182">
         <v>119</v>
       </c>
       <c r="D182" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E182" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F182" t="s">
-        <v>145</v>
+        <v>168</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>362</v>
+        <v>385</v>
       </c>
       <c r="H182" t="s">
-        <v>363</v>
+        <v>386</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183">
         <v>584</v>
       </c>
       <c r="B183">
         <v>2025</v>
       </c>
       <c r="C183">
         <v>120</v>
       </c>
       <c r="D183" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E183" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F183" t="s">
-        <v>166</v>
+        <v>189</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>364</v>
+        <v>387</v>
       </c>
       <c r="H183" t="s">
-        <v>365</v>
+        <v>388</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184">
         <v>589</v>
       </c>
       <c r="B184">
         <v>2025</v>
       </c>
       <c r="C184">
         <v>121</v>
       </c>
       <c r="D184" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E184" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F184" t="s">
         <v>35</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>366</v>
+        <v>389</v>
       </c>
       <c r="H184" t="s">
-        <v>367</v>
+        <v>390</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185">
         <v>594</v>
       </c>
       <c r="B185">
         <v>2025</v>
       </c>
       <c r="C185">
         <v>122</v>
       </c>
       <c r="D185" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E185" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F185" t="s">
-        <v>83</v>
+        <v>98</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>368</v>
+        <v>391</v>
       </c>
       <c r="H185" t="s">
-        <v>369</v>
+        <v>392</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186">
         <v>595</v>
       </c>
       <c r="B186">
         <v>2025</v>
       </c>
       <c r="C186">
         <v>123</v>
       </c>
       <c r="D186" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E186" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F186" t="s">
-        <v>136</v>
+        <v>159</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>370</v>
+        <v>393</v>
       </c>
       <c r="H186" t="s">
-        <v>371</v>
+        <v>394</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187">
         <v>596</v>
       </c>
       <c r="B187">
         <v>2025</v>
       </c>
       <c r="C187">
         <v>124</v>
       </c>
       <c r="D187" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E187" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F187" t="s">
-        <v>115</v>
+        <v>138</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>372</v>
+        <v>395</v>
       </c>
       <c r="H187" t="s">
-        <v>373</v>
+        <v>396</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188">
         <v>597</v>
       </c>
       <c r="B188">
         <v>2025</v>
       </c>
       <c r="C188">
         <v>125</v>
       </c>
       <c r="D188" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E188" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F188" t="s">
-        <v>83</v>
+        <v>98</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>374</v>
+        <v>397</v>
       </c>
       <c r="H188" t="s">
-        <v>375</v>
+        <v>398</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189">
         <v>598</v>
       </c>
       <c r="B189">
         <v>2025</v>
       </c>
       <c r="C189">
         <v>126</v>
       </c>
       <c r="D189" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E189" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F189" t="s">
-        <v>145</v>
+        <v>168</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>376</v>
+        <v>399</v>
       </c>
       <c r="H189" t="s">
-        <v>377</v>
+        <v>400</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190">
         <v>599</v>
       </c>
       <c r="B190">
         <v>2025</v>
       </c>
       <c r="C190">
         <v>127</v>
       </c>
       <c r="D190" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E190" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F190" t="s">
         <v>35</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>378</v>
+        <v>401</v>
       </c>
       <c r="H190" t="s">
-        <v>379</v>
+        <v>402</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191">
         <v>600</v>
       </c>
       <c r="B191">
         <v>2025</v>
       </c>
       <c r="C191">
         <v>128</v>
       </c>
       <c r="D191" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E191" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F191" t="s">
-        <v>115</v>
+        <v>138</v>
       </c>
       <c r="G191" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H191" t="s">
-        <v>380</v>
+        <v>403</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192">
         <v>602</v>
       </c>
       <c r="B192">
         <v>2025</v>
       </c>
       <c r="C192">
         <v>129</v>
       </c>
       <c r="D192" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E192" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F192" t="s">
-        <v>166</v>
+        <v>189</v>
       </c>
       <c r="G192" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H192" t="s">
-        <v>381</v>
+        <v>404</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193">
         <v>603</v>
       </c>
       <c r="B193">
         <v>2025</v>
       </c>
       <c r="C193">
         <v>130</v>
       </c>
       <c r="D193" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E193" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F193" t="s">
         <v>35</v>
       </c>
       <c r="G193" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H193" t="s">
-        <v>382</v>
+        <v>405</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194">
         <v>604</v>
       </c>
       <c r="B194">
         <v>2025</v>
       </c>
       <c r="C194">
         <v>131</v>
       </c>
       <c r="D194" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E194" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F194" t="s">
         <v>35</v>
       </c>
       <c r="G194" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H194" t="s">
-        <v>383</v>
+        <v>406</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195">
         <v>605</v>
       </c>
       <c r="B195">
         <v>2025</v>
       </c>
       <c r="C195">
         <v>132</v>
       </c>
       <c r="D195" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E195" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F195" t="s">
-        <v>115</v>
+        <v>138</v>
       </c>
       <c r="G195" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H195" t="s">
-        <v>384</v>
+        <v>407</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196">
         <v>607</v>
       </c>
       <c r="B196">
         <v>2025</v>
       </c>
       <c r="C196">
         <v>133</v>
       </c>
       <c r="D196" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E196" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F196" t="s">
         <v>21</v>
       </c>
       <c r="G196" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H196" t="s">
-        <v>385</v>
+        <v>408</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197">
         <v>608</v>
       </c>
       <c r="B197">
         <v>2025</v>
       </c>
       <c r="C197">
         <v>134</v>
       </c>
       <c r="D197" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E197" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F197" t="s">
         <v>21</v>
       </c>
       <c r="G197" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H197" t="s">
-        <v>386</v>
+        <v>409</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198">
         <v>609</v>
       </c>
       <c r="B198">
         <v>2025</v>
       </c>
       <c r="C198">
         <v>135</v>
       </c>
       <c r="D198" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E198" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F198" t="s">
-        <v>166</v>
+        <v>189</v>
       </c>
       <c r="G198" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H198" t="s">
-        <v>387</v>
+        <v>410</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199">
         <v>612</v>
       </c>
       <c r="B199">
         <v>2025</v>
       </c>
       <c r="C199">
         <v>136</v>
       </c>
       <c r="D199" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E199" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F199" t="s">
-        <v>83</v>
+        <v>98</v>
       </c>
       <c r="G199" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H199" t="s">
-        <v>388</v>
+        <v>411</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200">
         <v>613</v>
       </c>
       <c r="B200">
         <v>2025</v>
       </c>
       <c r="C200">
         <v>137</v>
       </c>
       <c r="D200" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E200" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F200" t="s">
-        <v>83</v>
+        <v>98</v>
       </c>
       <c r="G200" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H200" t="s">
-        <v>389</v>
+        <v>412</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201">
         <v>614</v>
       </c>
       <c r="B201">
         <v>2025</v>
       </c>
       <c r="C201">
         <v>138</v>
       </c>
       <c r="D201" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E201" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F201" t="s">
-        <v>186</v>
+        <v>209</v>
       </c>
       <c r="G201" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H201" t="s">
-        <v>390</v>
+        <v>413</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202">
         <v>616</v>
       </c>
       <c r="B202">
         <v>2025</v>
       </c>
       <c r="C202">
         <v>139</v>
       </c>
       <c r="D202" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E202" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F202" t="s">
-        <v>115</v>
+        <v>138</v>
       </c>
       <c r="G202" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H202" t="s">
-        <v>391</v>
+        <v>414</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203">
         <v>617</v>
       </c>
       <c r="B203">
         <v>2025</v>
       </c>
       <c r="C203">
         <v>140</v>
       </c>
       <c r="D203" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E203" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F203" t="s">
-        <v>115</v>
+        <v>138</v>
       </c>
       <c r="G203" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H203" t="s">
-        <v>392</v>
+        <v>415</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204">
         <v>620</v>
       </c>
       <c r="B204">
         <v>2025</v>
       </c>
       <c r="C204">
         <v>141</v>
       </c>
       <c r="D204" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E204" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F204" t="s">
-        <v>145</v>
+        <v>168</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>393</v>
+        <v>416</v>
       </c>
       <c r="H204" t="s">
-        <v>394</v>
+        <v>417</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205">
         <v>626</v>
       </c>
       <c r="B205">
         <v>2025</v>
       </c>
       <c r="C205">
         <v>142</v>
       </c>
       <c r="D205" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E205" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F205" t="s">
-        <v>186</v>
+        <v>209</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>395</v>
+        <v>418</v>
       </c>
       <c r="H205" t="s">
-        <v>396</v>
+        <v>419</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206">
         <v>627</v>
       </c>
       <c r="B206">
         <v>2025</v>
       </c>
       <c r="C206">
         <v>143</v>
       </c>
       <c r="D206" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E206" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F206" t="s">
-        <v>83</v>
+        <v>98</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>397</v>
+        <v>420</v>
       </c>
       <c r="H206" t="s">
-        <v>398</v>
+        <v>421</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207">
         <v>629</v>
       </c>
       <c r="B207">
         <v>2025</v>
       </c>
       <c r="C207">
         <v>144</v>
       </c>
       <c r="D207" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E207" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F207" t="s">
         <v>21</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>399</v>
+        <v>422</v>
       </c>
       <c r="H207" t="s">
-        <v>400</v>
+        <v>423</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208">
         <v>630</v>
       </c>
       <c r="B208">
         <v>2025</v>
       </c>
       <c r="C208">
         <v>145</v>
       </c>
       <c r="D208" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E208" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F208" t="s">
         <v>21</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>401</v>
+        <v>424</v>
       </c>
       <c r="H208" t="s">
-        <v>402</v>
+        <v>425</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209">
         <v>631</v>
       </c>
       <c r="B209">
         <v>2025</v>
       </c>
       <c r="C209">
         <v>146</v>
       </c>
       <c r="D209" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E209" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F209" t="s">
-        <v>83</v>
+        <v>98</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>403</v>
+        <v>426</v>
       </c>
       <c r="H209" t="s">
-        <v>404</v>
+        <v>427</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210">
         <v>632</v>
       </c>
       <c r="B210">
         <v>2025</v>
       </c>
       <c r="C210">
         <v>147</v>
       </c>
       <c r="D210" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E210" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F210" t="s">
-        <v>115</v>
+        <v>138</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>405</v>
+        <v>428</v>
       </c>
       <c r="H210" t="s">
-        <v>406</v>
+        <v>429</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211">
         <v>636</v>
       </c>
       <c r="B211">
         <v>2025</v>
       </c>
       <c r="C211">
         <v>148</v>
       </c>
       <c r="D211" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E211" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F211" t="s">
-        <v>115</v>
+        <v>138</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>407</v>
+        <v>430</v>
       </c>
       <c r="H211" t="s">
-        <v>408</v>
+        <v>431</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212">
         <v>637</v>
       </c>
       <c r="B212">
         <v>2025</v>
       </c>
       <c r="C212">
         <v>149</v>
       </c>
       <c r="D212" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E212" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F212" t="s">
-        <v>173</v>
+        <v>196</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>409</v>
+        <v>432</v>
       </c>
       <c r="H212" t="s">
-        <v>410</v>
+        <v>433</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213">
         <v>638</v>
       </c>
       <c r="B213">
         <v>2025</v>
       </c>
       <c r="C213">
         <v>150</v>
       </c>
       <c r="D213" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E213" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F213" t="s">
-        <v>173</v>
+        <v>196</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>411</v>
+        <v>434</v>
       </c>
       <c r="H213" t="s">
-        <v>412</v>
+        <v>435</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214">
         <v>639</v>
       </c>
       <c r="B214">
         <v>2025</v>
       </c>
       <c r="C214">
         <v>151</v>
       </c>
       <c r="D214" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E214" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F214" t="s">
-        <v>83</v>
+        <v>98</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>413</v>
+        <v>436</v>
       </c>
       <c r="H214" t="s">
-        <v>414</v>
+        <v>437</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215">
         <v>643</v>
       </c>
       <c r="B215">
         <v>2025</v>
       </c>
       <c r="C215">
         <v>152</v>
       </c>
       <c r="D215" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E215" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F215" t="s">
-        <v>106</v>
+        <v>129</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>415</v>
+        <v>438</v>
       </c>
       <c r="H215" t="s">
-        <v>161</v>
+        <v>184</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216">
         <v>644</v>
       </c>
       <c r="B216">
         <v>2025</v>
       </c>
       <c r="C216">
         <v>153</v>
       </c>
       <c r="D216" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E216" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F216" t="s">
-        <v>106</v>
+        <v>129</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>416</v>
+        <v>439</v>
       </c>
       <c r="H216" t="s">
-        <v>417</v>
+        <v>440</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217">
         <v>645</v>
       </c>
       <c r="B217">
         <v>2025</v>
       </c>
       <c r="C217">
         <v>154</v>
       </c>
       <c r="D217" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E217" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F217" t="s">
-        <v>136</v>
+        <v>159</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>418</v>
+        <v>441</v>
       </c>
       <c r="H217" t="s">
-        <v>329</v>
+        <v>352</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218">
         <v>647</v>
       </c>
       <c r="B218">
         <v>2025</v>
       </c>
       <c r="C218">
         <v>155</v>
       </c>
       <c r="D218" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E218" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F218" t="s">
         <v>35</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>419</v>
+        <v>442</v>
       </c>
       <c r="H218" t="s">
-        <v>420</v>
+        <v>443</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219">
         <v>648</v>
       </c>
       <c r="B219">
         <v>2025</v>
       </c>
       <c r="C219">
         <v>156</v>
       </c>
       <c r="D219" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E219" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F219" t="s">
         <v>35</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>421</v>
+        <v>444</v>
       </c>
       <c r="H219" t="s">
-        <v>422</v>
+        <v>445</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220">
         <v>651</v>
       </c>
       <c r="B220">
         <v>2025</v>
       </c>
       <c r="C220">
         <v>157</v>
       </c>
       <c r="D220" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E220" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F220" t="s">
         <v>21</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>423</v>
+        <v>446</v>
       </c>
       <c r="H220" t="s">
-        <v>424</v>
+        <v>447</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221">
         <v>654</v>
       </c>
       <c r="B221">
         <v>2025</v>
       </c>
       <c r="C221">
         <v>158</v>
       </c>
       <c r="D221" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E221" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F221" t="s">
-        <v>166</v>
+        <v>189</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>425</v>
+        <v>448</v>
       </c>
       <c r="H221" t="s">
-        <v>426</v>
+        <v>449</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222">
         <v>655</v>
       </c>
       <c r="B222">
         <v>2025</v>
       </c>
       <c r="C222">
         <v>159</v>
       </c>
       <c r="D222" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E222" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F222" t="s">
-        <v>186</v>
+        <v>209</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>427</v>
+        <v>450</v>
       </c>
       <c r="H222" t="s">
-        <v>428</v>
+        <v>451</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223">
         <v>656</v>
       </c>
       <c r="B223">
         <v>2025</v>
       </c>
       <c r="C223">
         <v>160</v>
       </c>
       <c r="D223" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E223" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F223" t="s">
-        <v>115</v>
+        <v>138</v>
       </c>
       <c r="G223" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H223" t="s">
-        <v>429</v>
+        <v>452</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224">
         <v>657</v>
       </c>
       <c r="B224">
         <v>2025</v>
       </c>
       <c r="C224">
         <v>161</v>
       </c>
       <c r="D224" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E224" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F224" t="s">
-        <v>83</v>
+        <v>98</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>430</v>
+        <v>453</v>
       </c>
       <c r="H224" t="s">
-        <v>431</v>
+        <v>454</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225">
         <v>658</v>
       </c>
       <c r="B225">
         <v>2025</v>
       </c>
       <c r="C225">
         <v>162</v>
       </c>
       <c r="D225" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E225" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F225" t="s">
-        <v>145</v>
+        <v>168</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>11</v>
+        <v>455</v>
       </c>
       <c r="H225" t="s">
-        <v>432</v>
+        <v>456</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226">
         <v>659</v>
       </c>
       <c r="B226">
         <v>2025</v>
       </c>
       <c r="C226">
         <v>163</v>
       </c>
       <c r="D226" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E226" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F226" t="s">
-        <v>115</v>
+        <v>138</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>11</v>
+        <v>457</v>
       </c>
       <c r="H226" t="s">
-        <v>433</v>
+        <v>458</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227">
         <v>660</v>
       </c>
       <c r="B227">
         <v>2025</v>
       </c>
       <c r="C227">
         <v>164</v>
       </c>
       <c r="D227" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E227" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F227" t="s">
-        <v>115</v>
+        <v>138</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>11</v>
+        <v>459</v>
       </c>
       <c r="H227" t="s">
-        <v>434</v>
+        <v>460</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228">
         <v>661</v>
       </c>
       <c r="B228">
         <v>2025</v>
       </c>
       <c r="C228">
         <v>165</v>
       </c>
       <c r="D228" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E228" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F228" t="s">
-        <v>435</v>
+        <v>461</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>11</v>
+        <v>462</v>
       </c>
       <c r="H228" t="s">
-        <v>436</v>
+        <v>463</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229">
         <v>662</v>
       </c>
       <c r="B229">
         <v>2025</v>
       </c>
       <c r="C229">
         <v>166</v>
       </c>
       <c r="D229" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E229" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F229" t="s">
-        <v>435</v>
+        <v>461</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>11</v>
+        <v>464</v>
       </c>
       <c r="H229" t="s">
-        <v>437</v>
+        <v>465</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230">
         <v>663</v>
       </c>
       <c r="B230">
         <v>2025</v>
       </c>
       <c r="C230">
         <v>167</v>
       </c>
       <c r="D230" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E230" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F230" t="s">
-        <v>438</v>
+        <v>466</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>11</v>
+        <v>467</v>
       </c>
       <c r="H230" t="s">
-        <v>439</v>
+        <v>468</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231">
         <v>664</v>
       </c>
       <c r="B231">
         <v>2025</v>
       </c>
       <c r="C231">
         <v>168</v>
       </c>
       <c r="D231" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E231" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F231" t="s">
-        <v>173</v>
+        <v>196</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>11</v>
+        <v>469</v>
       </c>
       <c r="H231" t="s">
-        <v>440</v>
+        <v>470</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232">
         <v>665</v>
       </c>
       <c r="B232">
         <v>2025</v>
       </c>
       <c r="C232">
         <v>169</v>
       </c>
       <c r="D232" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E232" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F232" t="s">
-        <v>83</v>
+        <v>98</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>11</v>
+        <v>471</v>
       </c>
       <c r="H232" t="s">
-        <v>441</v>
+        <v>472</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233">
         <v>666</v>
       </c>
       <c r="B233">
         <v>2025</v>
       </c>
       <c r="C233">
         <v>170</v>
       </c>
       <c r="D233" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E233" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F233" t="s">
-        <v>83</v>
+        <v>98</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>11</v>
+        <v>473</v>
       </c>
       <c r="H233" t="s">
-        <v>442</v>
+        <v>474</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234">
         <v>667</v>
       </c>
       <c r="B234">
         <v>2025</v>
       </c>
       <c r="C234">
         <v>171</v>
       </c>
       <c r="D234" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E234" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F234" t="s">
-        <v>106</v>
+        <v>129</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>11</v>
+        <v>475</v>
       </c>
       <c r="H234" t="s">
-        <v>443</v>
+        <v>476</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235">
         <v>670</v>
       </c>
       <c r="B235">
         <v>2025</v>
       </c>
       <c r="C235">
         <v>172</v>
       </c>
       <c r="D235" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E235" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F235" t="s">
-        <v>86</v>
+        <v>103</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>11</v>
+        <v>477</v>
       </c>
       <c r="H235" t="s">
-        <v>444</v>
+        <v>478</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236">
         <v>671</v>
       </c>
       <c r="B236">
         <v>2025</v>
       </c>
       <c r="C236">
         <v>173</v>
       </c>
       <c r="D236" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E236" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F236" t="s">
         <v>21</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>11</v>
+        <v>479</v>
       </c>
       <c r="H236" t="s">
-        <v>445</v>
+        <v>480</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237">
         <v>674</v>
       </c>
       <c r="B237">
         <v>2025</v>
       </c>
       <c r="C237">
         <v>174</v>
       </c>
       <c r="D237" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E237" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F237" t="s">
         <v>21</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>11</v>
+        <v>481</v>
       </c>
       <c r="H237" t="s">
-        <v>446</v>
+        <v>482</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238">
         <v>675</v>
       </c>
       <c r="B238">
         <v>2025</v>
       </c>
       <c r="C238">
         <v>175</v>
       </c>
       <c r="D238" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E238" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F238" t="s">
-        <v>115</v>
+        <v>138</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>11</v>
+        <v>483</v>
       </c>
       <c r="H238" t="s">
-        <v>447</v>
+        <v>484</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239">
         <v>679</v>
       </c>
       <c r="B239">
         <v>2025</v>
       </c>
       <c r="C239">
         <v>176</v>
       </c>
       <c r="D239" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E239" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F239" t="s">
-        <v>173</v>
+        <v>196</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>11</v>
+        <v>485</v>
       </c>
       <c r="H239" t="s">
-        <v>448</v>
+        <v>486</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240">
         <v>680</v>
       </c>
       <c r="B240">
         <v>2025</v>
       </c>
       <c r="C240">
         <v>177</v>
       </c>
       <c r="D240" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E240" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F240" t="s">
-        <v>115</v>
+        <v>138</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>11</v>
+        <v>487</v>
       </c>
       <c r="H240" t="s">
-        <v>449</v>
+        <v>488</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241">
         <v>681</v>
       </c>
       <c r="B241">
         <v>2025</v>
       </c>
       <c r="C241">
         <v>178</v>
       </c>
       <c r="D241" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E241" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F241" t="s">
-        <v>115</v>
+        <v>138</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>11</v>
+        <v>489</v>
       </c>
       <c r="H241" t="s">
-        <v>450</v>
+        <v>490</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242">
         <v>684</v>
       </c>
       <c r="B242">
         <v>2025</v>
       </c>
       <c r="C242">
         <v>179</v>
       </c>
       <c r="D242" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E242" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F242" t="s">
-        <v>83</v>
+        <v>98</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>11</v>
+        <v>491</v>
       </c>
       <c r="H242" t="s">
-        <v>451</v>
+        <v>492</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243">
         <v>687</v>
       </c>
       <c r="B243">
         <v>2025</v>
       </c>
       <c r="C243">
         <v>180</v>
       </c>
       <c r="D243" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E243" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F243" t="s">
-        <v>115</v>
+        <v>138</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>11</v>
+        <v>493</v>
       </c>
       <c r="H243" t="s">
-        <v>452</v>
+        <v>494</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244">
         <v>688</v>
       </c>
       <c r="B244">
         <v>2025</v>
       </c>
       <c r="C244">
         <v>181</v>
       </c>
       <c r="D244" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E244" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F244" t="s">
-        <v>106</v>
+        <v>129</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>11</v>
+        <v>495</v>
       </c>
       <c r="H244" t="s">
-        <v>453</v>
+        <v>496</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245">
         <v>689</v>
       </c>
       <c r="B245">
         <v>2025</v>
       </c>
       <c r="C245">
         <v>182</v>
       </c>
       <c r="D245" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E245" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F245" t="s">
         <v>10</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>11</v>
+        <v>497</v>
       </c>
       <c r="H245" t="s">
-        <v>454</v>
+        <v>498</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246">
         <v>692</v>
       </c>
       <c r="B246">
         <v>2025</v>
       </c>
       <c r="C246">
         <v>183</v>
       </c>
       <c r="D246" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="E246" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="F246" t="s">
-        <v>83</v>
+        <v>98</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>11</v>
+        <v>499</v>
       </c>
       <c r="H246" t="s">
-        <v>455</v>
+        <v>500</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247">
         <v>554</v>
       </c>
       <c r="B247">
         <v>2025</v>
       </c>
       <c r="C247">
         <v>1</v>
       </c>
       <c r="D247" t="s">
-        <v>456</v>
+        <v>501</v>
       </c>
       <c r="E247" t="s">
-        <v>457</v>
+        <v>502</v>
       </c>
       <c r="F247" t="s">
-        <v>186</v>
+        <v>209</v>
       </c>
       <c r="G247" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H247" t="s">
-        <v>458</v>
+        <v>503</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248">
         <v>569</v>
       </c>
       <c r="B248">
         <v>2025</v>
       </c>
       <c r="C248">
         <v>2</v>
       </c>
       <c r="D248" t="s">
-        <v>456</v>
+        <v>501</v>
       </c>
       <c r="E248" t="s">
-        <v>457</v>
+        <v>502</v>
       </c>
       <c r="F248" t="s">
-        <v>83</v>
+        <v>98</v>
       </c>
       <c r="G248" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H248" t="s">
-        <v>459</v>
+        <v>504</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249">
         <v>618</v>
       </c>
       <c r="B249">
         <v>2025</v>
       </c>
       <c r="C249">
         <v>3</v>
       </c>
       <c r="D249" t="s">
-        <v>456</v>
+        <v>501</v>
       </c>
       <c r="E249" t="s">
-        <v>457</v>
+        <v>502</v>
       </c>
       <c r="F249" t="s">
-        <v>115</v>
+        <v>138</v>
       </c>
       <c r="G249" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H249" t="s">
-        <v>460</v>
+        <v>505</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250">
         <v>673</v>
       </c>
       <c r="B250">
         <v>2025</v>
       </c>
       <c r="C250">
         <v>4</v>
       </c>
       <c r="D250" t="s">
-        <v>456</v>
+        <v>501</v>
       </c>
       <c r="E250" t="s">
-        <v>457</v>
+        <v>502</v>
       </c>
       <c r="F250" t="s">
-        <v>438</v>
+        <v>466</v>
       </c>
       <c r="G250" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H250" t="s">
-        <v>461</v>
+        <v>506</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251">
         <v>619</v>
       </c>
       <c r="B251">
         <v>2025</v>
       </c>
       <c r="C251">
         <v>1</v>
       </c>
       <c r="D251" t="s">
-        <v>462</v>
+        <v>507</v>
       </c>
       <c r="E251" t="s">
-        <v>463</v>
+        <v>508</v>
       </c>
       <c r="F251" t="s">
-        <v>464</v>
+        <v>509</v>
       </c>
       <c r="G251" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H251" t="s">
-        <v>465</v>
+        <v>510</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252">
         <v>690</v>
       </c>
       <c r="B252">
         <v>2025</v>
       </c>
       <c r="C252">
         <v>2</v>
       </c>
       <c r="D252" t="s">
-        <v>462</v>
+        <v>507</v>
       </c>
       <c r="E252" t="s">
-        <v>463</v>
+        <v>508</v>
       </c>
       <c r="F252" t="s">
-        <v>464</v>
+        <v>509</v>
       </c>
       <c r="G252" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H252" t="s">
-        <v>466</v>
+        <v>511</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253">
         <v>560</v>
       </c>
       <c r="B253">
         <v>2025</v>
       </c>
       <c r="C253">
         <v>3</v>
       </c>
       <c r="D253" t="s">
-        <v>467</v>
+        <v>512</v>
       </c>
       <c r="E253" t="s">
-        <v>468</v>
+        <v>513</v>
       </c>
       <c r="F253" t="s">
         <v>10</v>
       </c>
       <c r="G253" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H253" t="s">
-        <v>469</v>
+        <v>514</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>